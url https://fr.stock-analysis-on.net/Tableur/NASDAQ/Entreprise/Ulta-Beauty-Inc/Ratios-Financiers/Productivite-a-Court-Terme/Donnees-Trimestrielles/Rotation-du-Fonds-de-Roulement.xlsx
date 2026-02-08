--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1045,60 +1045,60 @@
       <c r="D16" s="14">
         <v>77.31999999999999</v>
       </c>
       <c r="E16" s="14">
         <v>0.0</v>
       </c>
       <c r="F16" s="14">
         <v>0.0</v>
       </c>
       <c r="G16" s="14">
         <v>0.0</v>
       </c>
       <c r="H16" s="14">
         <v>0.0</v>
       </c>
       <c r="I16" s="14">
         <v>0.0</v>
       </c>
       <c r="J16" s="14">
         <v>0.0</v>
       </c>
       <c r="K16" s="14">
         <v>0.0</v>
       </c>
       <c r="L16" s="14">
-        <v>24.33</v>
+        <v>0.0</v>
       </c>
       <c r="M16" s="14">
-        <v>31.5</v>
+        <v>0.0</v>
       </c>
       <c r="N16" s="14">
-        <v>19.23</v>
+        <v>0.0</v>
       </c>
       <c r="O16" s="14">
-        <v>69.81</v>
+        <v>0.0</v>
       </c>
       <c r="P16" s="14">
         <v>0.0</v>
       </c>
       <c r="Q16" s="14">
         <v>0.0</v>
       </c>
       <c r="R16" s="14">
         <v>0.0</v>
       </c>
       <c r="S16" s="14">
         <v>0.0</v>
       </c>
       <c r="T16" s="14">
         <v>0.0</v>
       </c>
       <c r="U16" s="14">
         <v>0.0</v>
       </c>
       <c r="V16" s="14">
         <v>0.0</v>
       </c>
       <c r="W16" s="14">
         <v>0.0</v>
       </c>