--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1196,60 +1196,60 @@
       <c r="D18" s="15">
         <v>0.29</v>
       </c>
       <c r="E18" s="15">
         <v>0.32</v>
       </c>
       <c r="F18" s="15">
         <v>0.32</v>
       </c>
       <c r="G18" s="15">
         <v>0.33</v>
       </c>
       <c r="H18" s="15">
         <v>0.33</v>
       </c>
       <c r="I18" s="15">
         <v>0.34</v>
       </c>
       <c r="J18" s="15">
         <v>0.34</v>
       </c>
       <c r="K18" s="15">
         <v>0.32</v>
       </c>
       <c r="L18" s="15">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="M18" s="15">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="N18" s="15">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="O18" s="15">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="P18" s="15">
         <v>0.0</v>
       </c>
       <c r="Q18" s="15">
         <v>0.0</v>
       </c>
       <c r="R18" s="15">
         <v>0.0</v>
       </c>
       <c r="S18" s="15">
         <v>0.0</v>
       </c>
       <c r="T18" s="15">
         <v>0.0</v>
       </c>
       <c r="U18" s="15">
         <v>0.0</v>
       </c>
       <c r="V18" s="15">
         <v>0.0</v>
       </c>
       <c r="W18" s="15">
         <v>0.0</v>
       </c>