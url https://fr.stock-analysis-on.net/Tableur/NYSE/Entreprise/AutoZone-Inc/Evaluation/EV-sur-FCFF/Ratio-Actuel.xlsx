--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -585,101 +585,101 @@
       </c>
     </row>
     <row r="8" spans="1:2">
       <c r="A8" s="6" t="s">
         <v>6</v>
       </c>
       <c r="B8" s="7">
         <v>23.65</v>
       </c>
     </row>
     <row r="9" spans="1:2" customHeight="1" ht="34.8">
       <c r="A9" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:2" customHeight="1" ht="28.8">
       <c r="A10" s="8" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:2">
       <c r="A11" s="9" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="10">
-        <v>56.21</v>
+        <v>224.91999999999999</v>
       </c>
     </row>
     <row r="12" spans="1:2">
       <c r="A12" s="9" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="10">
         <v>24.51</v>
       </c>
     </row>
     <row r="13" spans="1:2">
       <c r="A13" s="9" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="10">
         <v>21.48</v>
       </c>
     </row>
     <row r="14" spans="1:2">
       <c r="A14" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="10">
         <v>40.1</v>
       </c>
     </row>
     <row r="15" spans="1:2" customHeight="1" ht="28.8">
       <c r="A15" s="8" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="16" spans="1:2">
       <c r="A16" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="10">
-        <v>49.49</v>
+        <v>49.64</v>
       </c>
     </row>
     <row r="17" spans="1:2" customHeight="1" ht="28.8">
       <c r="A17" s="8" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:2">
       <c r="A18" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="10">
-        <v>45.61</v>
+        <v>45.68</v>
       </c>
     </row>
     <row r="19" spans="1:2">
       <c r="A19" s="11" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>