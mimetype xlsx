--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -727,51 +727,51 @@
       </c>
       <c r="E13" s="12">
         <v>0.31</v>
       </c>
       <c r="F13" s="12">
         <v>0.0</v>
       </c>
       <c r="G13" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>1.23</v>
       </c>
       <c r="C14" s="12">
         <v>1.25</v>
       </c>
       <c r="D14" s="12">
         <v>1.13</v>
       </c>
       <c r="E14" s="12">
-        <v>1.0</v>
+        <v>0.0</v>
       </c>
       <c r="F14" s="12">
         <v>0.0</v>
       </c>
       <c r="G14" s="12">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>0.8</v>
       </c>
       <c r="C15" s="12">
         <v>0.67</v>
       </c>
       <c r="D15" s="12">
         <v>0.72</v>
       </c>
       <c r="E15" s="12">
         <v>0.45</v>
       </c>
       <c r="F15" s="12">