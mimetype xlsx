--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -38,51 +38,51 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="50">
   <si>
     <t>Chipotle Mexican Grill Inc.</t>
   </si>
   <si>
     <t>Prévision du flux de trésorerie disponible sur les capitaux propres (FCFE)</t>
   </si>
   <si>
     <t>en milliers de dollars américains, à l’exception des données par action</t>
   </si>
   <si>
     <t>Année</t>
   </si>
   <si>
     <t>Valeur</t>
   </si>
   <si>
     <t>FCFE(t) ou TV(t)</t>
   </si>
   <si>
-    <t>Valeur actualisée à 20.76%</t>
+    <t>Valeur actualisée à 17.09%</t>
   </si>
   <si>
     <t>FCFE(0)</t>
   </si>
   <si>
     <t>FCFE(1)</t>
   </si>
   <si>
     <t>FCFE(2)</t>
   </si>
   <si>
     <t>FCFE(3)</t>
   </si>
   <si>
     <t>FCFE(4)</t>
   </si>
   <si>
     <t>FCFE(5)</t>
   </si>
   <si>
     <t>TV(5)</t>
   </si>
   <si>
     <t>Valeur intrinsèque de Chipotle Mexican Grill Inc. actions ordinaires</t>
   </si>
@@ -697,159 +697,159 @@
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B5" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="3" t="s">
         <v>5</v>
       </c>
       <c r="D5" s="3" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" s="4">
         <v>0</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>7</v>
       </c>
       <c r="C6" s="5">
-        <v>1531586.0</v>
+        <v>1447590.0</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" s="4">
         <v>1</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>8</v>
       </c>
       <c r="C7" s="5">
-        <v>2039801.0</v>
+        <v>2032577.0</v>
       </c>
       <c r="D7" s="5">
-        <v>1689172.0</v>
+        <v>1735931.0</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" s="4">
         <v>2</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>9</v>
       </c>
       <c r="C8" s="5">
-        <v>2635284.0</v>
+        <v>2719123.0</v>
       </c>
       <c r="D8" s="5">
-        <v>1807173.0</v>
+        <v>1983352.0</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" s="4">
         <v>3</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>10</v>
       </c>
       <c r="C9" s="5">
-        <v>3299485.0</v>
+        <v>3457181.0</v>
       </c>
       <c r="D9" s="5">
-        <v>1873719.0</v>
+        <v>2153666.0</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" s="4">
         <v>4</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>11</v>
       </c>
       <c r="C10" s="5">
-        <v>3999473.0</v>
+        <v>4166226.0</v>
       </c>
       <c r="D10" s="5">
-        <v>1880821.0</v>
+        <v>2216585.0</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" s="4">
         <v>5</v>
       </c>
       <c r="B11" s="4" t="s">
         <v>12</v>
       </c>
       <c r="C11" s="5">
-        <v>4688424.0</v>
+        <v>4744306.0</v>
       </c>
       <c r="D11" s="5">
-        <v>1825818.0</v>
+        <v>2155757.0</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" s="4">
         <v>5</v>
       </c>
       <c r="B12" s="4" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="5">
-        <v>155634039.0</v>
+        <v>168137718.0</v>
       </c>
       <c r="D12" s="5">
-        <v>60608748.0</v>
+        <v>76399798.0</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" s="6" t="s">
         <v>14</v>
       </c>
       <c r="D13" s="7">
-        <v>69685451.0</v>
+        <v>86645088.0</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" s="6" t="s">
         <v>15</v>
       </c>
       <c r="D15" s="8">
-        <v>52.7</v>
+        <v>66.53</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" s="4" t="s">
         <v>16</v>
       </c>
       <c r="D16" s="9">
-        <v>38.45</v>
+        <v>39.39</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B17" s="10"/>
       <c r="C17" s="10"/>
       <c r="D17" s="10"/>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A13:C13"/>
     <mergeCell ref="A15:C15"/>
     <mergeCell ref="A16:C16"/>
   </mergeCells>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
@@ -889,338 +889,338 @@
         <v>21</v>
       </c>
       <c r="C5" s="13">
         <v>0.0479</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="12" t="s">
         <v>22</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="13">
         <v>0.1738</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="12" t="s">
         <v>24</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>25</v>
       </c>
       <c r="C7" s="14">
-        <v>1.27</v>
+        <v>0.98</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B9" s="6" t="s">
         <v>27</v>
       </c>
       <c r="C9" s="15">
-        <v>0.2076</v>
+        <v>0.1709</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:G22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="G22" sqref="G22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" s="16"/>
       <c r="B4" s="3" t="s">
         <v>29</v>
       </c>
       <c r="C4" s="17">
+        <v>46022</v>
+      </c>
+      <c r="D4" s="17">
         <v>45657</v>
       </c>
-      <c r="D4" s="17">
+      <c r="E4" s="17">
         <v>45291</v>
       </c>
-      <c r="E4" s="17">
+      <c r="F4" s="17">
         <v>44926</v>
       </c>
-      <c r="F4" s="17">
+      <c r="G4" s="17">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:7" customHeight="1" ht="34.8">
       <c r="A5" s="11" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" s="12" t="s">
         <v>31</v>
       </c>
       <c r="C6" s="5">
+        <v>1535761.0</v>
+      </c>
+      <c r="D6" s="5">
         <v>1534110.0</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>1228737.0</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>899101.0</v>
       </c>
-      <c r="F6" s="5">
+      <c r="G6" s="5">
         <v>652984.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>355766.0</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" s="12" t="s">
         <v>32</v>
       </c>
       <c r="C7" s="5">
+        <v>11925601.0</v>
+      </c>
+      <c r="D7" s="5">
         <v>11313853.0</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>9871649.0</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>8634652.0</v>
       </c>
-      <c r="F7" s="5">
+      <c r="G7" s="5">
         <v>7547061.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5984634.0</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" s="12" t="s">
         <v>33</v>
       </c>
       <c r="C8" s="5">
+        <v>8994531.0</v>
+      </c>
+      <c r="D8" s="5">
         <v>9204374.0</v>
       </c>
-      <c r="D8" s="5">
+      <c r="E8" s="5">
         <v>8044362.0</v>
       </c>
-      <c r="E8" s="5">
+      <c r="F8" s="5">
         <v>6927504.0</v>
       </c>
-      <c r="F8" s="5">
+      <c r="G8" s="5">
         <v>6652958.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>5982896.0</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" s="12" t="s">
         <v>34</v>
       </c>
       <c r="C9" s="5">
+        <v>2830607.0</v>
+      </c>
+      <c r="D9" s="5">
         <v>3655546.0</v>
       </c>
-      <c r="D9" s="5">
+      <c r="E9" s="5">
         <v>3062207.0</v>
       </c>
-      <c r="E9" s="5">
+      <c r="F9" s="5">
         <v>2368023.0</v>
       </c>
-      <c r="F9" s="5">
+      <c r="G9" s="5">
         <v>2297374.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>2020135.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="11" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" s="12" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="14">
         <v>1.0</v>
       </c>
       <c r="D11" s="14">
         <v>1.0</v>
       </c>
       <c r="E11" s="14">
         <v>1.0</v>
       </c>
       <c r="F11" s="14">
         <v>1.0</v>
       </c>
       <c r="G11" s="14">
         <v>1.0</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="12" t="s">
         <v>37</v>
       </c>
       <c r="C12" s="13">
+        <v>0.1288</v>
+      </c>
+      <c r="D12" s="13">
         <v>0.1356</v>
       </c>
-      <c r="D12" s="13">
+      <c r="E12" s="13">
         <v>0.1245</v>
       </c>
-      <c r="E12" s="13">
+      <c r="F12" s="13">
         <v>0.1041</v>
       </c>
-      <c r="F12" s="13">
+      <c r="G12" s="13">
         <v>0.0865</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0594</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="12" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="14">
-        <v>1.23</v>
+        <v>1.33</v>
       </c>
       <c r="D13" s="14">
         <v>1.23</v>
       </c>
       <c r="E13" s="14">
+        <v>1.23</v>
+      </c>
+      <c r="F13" s="14">
         <v>1.25</v>
       </c>
-      <c r="F13" s="14">
+      <c r="G13" s="14">
         <v>1.13</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.0</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="12" t="s">
         <v>39</v>
       </c>
       <c r="C14" s="14">
+        <v>3.18</v>
+      </c>
+      <c r="D14" s="14">
         <v>2.52</v>
       </c>
-      <c r="D14" s="14">
+      <c r="E14" s="14">
         <v>2.63</v>
       </c>
-      <c r="E14" s="14">
+      <c r="F14" s="14">
         <v>2.93</v>
       </c>
-      <c r="F14" s="14">
+      <c r="G14" s="14">
         <v>2.9</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.96</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="34.8">
       <c r="A15" s="11" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="12" t="s">
         <v>36</v>
       </c>
       <c r="B16" s="14">
         <v>1.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="12" t="s">
         <v>37</v>
       </c>
       <c r="B17" s="13">
-        <v>0.102</v>
+        <v>0.1159</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="12" t="s">
         <v>38</v>
       </c>
       <c r="B18" s="14">
-        <v>1.17</v>
+        <v>1.23</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="12" t="s">
         <v>39</v>
       </c>
       <c r="B19" s="14">
-        <v>2.79</v>
+        <v>2.83</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="6" t="s">
         <v>41</v>
       </c>
       <c r="B21" s="15">
-        <v>0.3318</v>
+        <v>0.4041</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="10"/>
       <c r="C22" s="10"/>
       <c r="D22" s="10"/>
       <c r="E22" s="10"/>
       <c r="F22" s="10"/>
       <c r="G22" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
@@ -1239,95 +1239,95 @@
     </row>
     <row r="2" spans="1:3">
       <c r="A2" s="2" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="3" t="s">
         <v>3</v>
       </c>
       <c r="B4" s="3" t="s">
         <v>4</v>
       </c>
       <c r="C4" s="3" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="4">
         <v>1</v>
       </c>
       <c r="B5" s="4" t="s">
         <v>44</v>
       </c>
       <c r="C5" s="13">
-        <v>0.3318</v>
+        <v>0.4041</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="4">
         <v>2</v>
       </c>
       <c r="B6" s="4" t="s">
         <v>45</v>
       </c>
       <c r="C6" s="13">
-        <v>0.2919</v>
+        <v>0.3378</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="4">
         <v>3</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>46</v>
       </c>
       <c r="C7" s="13">
-        <v>0.252</v>
+        <v>0.2714</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="4">
         <v>4</v>
       </c>
       <c r="B8" s="4" t="s">
         <v>47</v>
       </c>
       <c r="C8" s="13">
-        <v>0.2122</v>
+        <v>0.2051</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="4" t="s">
         <v>48</v>
       </c>
       <c r="B9" s="4" t="s">
         <v>49</v>
       </c>
       <c r="C9" s="13">
-        <v>0.1723</v>
+        <v>0.1388</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="10" t="s">
         <v>17</v>
       </c>
       <c r="B10" s="10"/>
       <c r="C10" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>