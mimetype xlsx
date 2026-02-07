--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -16,74 +16,71 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="MVA" sheetId="1" r:id="rId4"/>
     <sheet name="Ratio d’écart de la valeur ajo…" sheetId="2" r:id="rId5"/>
     <sheet name="Ratio de marge sur la valeur a…" sheetId="3" r:id="rId6"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>Chipotle Mexican Grill Inc.</t>
   </si>
   <si>
     <t>Valeur ajoutée marchande (MVA)calcul</t>
   </si>
   <si>
     <t>US$ en milliers</t>
   </si>
   <si>
     <t>Juste valeur de la dette</t>
   </si>
   <si>
     <t>Responsabilité au titre des contrats de location-exploitation</t>
   </si>
   <si>
     <t>Valeur marchande des capitaux propres ordinaires</t>
-  </si>
-[...1 lines deleted...]
-    <t>Actions privilégiées, valeur nominale de 0,01 $, aucune action émise</t>
   </si>
   <si>
     <t>Moins: Placements par emprunt</t>
   </si>
   <si>
     <t>Valeur marchande (juste) de Chipotle</t>
   </si>
   <si>
     <t>Moins: Capital investi</t>
   </si>
   <si>
     <t>MVA</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
   <si>
     <t>Ratio d’écart de la valeur ajoutée marchandecalcul, comparaison avec des indices de référence</t>
   </si>
   <si>
     <t>Sélection de données financières (US$ en milliers)</t>
   </si>
   <si>
     <t>Valeur ajoutée marchande (MVA)</t>
   </si>
@@ -606,97 +603,97 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F16" sqref="F16"/>
+      <selection activeCell="F15" sqref="F15"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>5</v>
@@ -736,664 +733,644 @@
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="6" t="s">
+      <c r="A12" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F12" s="7" t="e">
+      <c r="B12" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" s="8" t="s">
+      <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
-      <c r="B13" s="9" t="e">
-[...11 lines deleted...]
-      <c r="F13" s="9" t="e">
+      <c r="B13" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C13" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D13" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E13" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="6" t="s">
+      <c r="A14" s="10" t="s">
         <v>10</v>
       </c>
-      <c r="B14" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F14" s="7" t="e">
+      <c r="B14" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C14" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D14" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E14" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F14" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="10" t="s">
+      <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="9" t="e">
-[...23 lines deleted...]
-      <c r="F16" s="11"/>
+      <c r="B15" s="11"/>
+      <c r="C15" s="11"/>
+      <c r="D15" s="11"/>
+      <c r="E15" s="11"/>
+      <c r="F15" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="13" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
       <c r="A10" s="12" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="8" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="B11" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
       <c r="A12" s="12" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="28.8">
       <c r="A13" s="15" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="16" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B14" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="16" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B15" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B16" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B17" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F22"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F22" sqref="F22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="12" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="13" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="13" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="13" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="8" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
       <c r="A13" s="12" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="14" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="14" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6" customHeight="1" ht="34.8">
       <c r="A15" s="12" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="15" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="16" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="B17" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="16" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="B18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="16" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="B19" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="16" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B20" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C20" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D20" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E20" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F20" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="16" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B21" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="17" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="11" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>