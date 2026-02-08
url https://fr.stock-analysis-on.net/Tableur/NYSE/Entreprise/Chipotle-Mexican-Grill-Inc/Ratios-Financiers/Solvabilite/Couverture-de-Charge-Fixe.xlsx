--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -584,433 +584,433 @@
   </sheetPr>
   <dimension ref="A1:F29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F29" sqref="F29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3"/>
       <c r="B4" s="4">
+        <v>46022</v>
+      </c>
+      <c r="C4" s="4">
         <v>45657</v>
       </c>
-      <c r="C4" s="4">
+      <c r="D4" s="4">
         <v>45291</v>
       </c>
-      <c r="D4" s="4">
+      <c r="E4" s="4">
         <v>44926</v>
       </c>
-      <c r="E4" s="4">
+      <c r="F4" s="4">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="5" spans="1:6" customHeight="1" ht="34.8">
       <c r="A5" s="5" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="7">
+        <v>1535761.0</v>
+      </c>
+      <c r="C6" s="7">
         <v>1534110.0</v>
       </c>
-      <c r="C6" s="7">
+      <c r="D6" s="7">
         <v>1228737.0</v>
       </c>
-      <c r="D6" s="7">
+      <c r="E6" s="7">
         <v>899101.0</v>
       </c>
-      <c r="E6" s="7">
+      <c r="F6" s="7">
         <v>652984.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>355766.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="7">
+        <v>473758.0</v>
+      </c>
+      <c r="C7" s="7">
         <v>476120.0</v>
       </c>
-      <c r="C7" s="7">
+      <c r="D7" s="7">
         <v>391769.0</v>
       </c>
-      <c r="D7" s="7">
+      <c r="E7" s="7">
         <v>282430.0</v>
       </c>
-      <c r="E7" s="7">
+      <c r="F7" s="7">
         <v>159779.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>-61985.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7">
         <v>0.0</v>
       </c>
       <c r="C8" s="7">
         <v>0.0</v>
       </c>
       <c r="D8" s="7">
         <v>0.0</v>
       </c>
       <c r="E8" s="7">
         <v>0.0</v>
       </c>
       <c r="F8" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="9">
+        <v>2009519.0</v>
+      </c>
+      <c r="C9" s="9">
         <v>2010230.0</v>
       </c>
-      <c r="C9" s="9">
+      <c r="D9" s="9">
         <v>1620506.0</v>
       </c>
-      <c r="D9" s="9">
+      <c r="E9" s="9">
         <v>1181531.0</v>
       </c>
-      <c r="E9" s="9">
+      <c r="F9" s="9">
         <v>812763.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>293781.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="7">
+        <v>544367.0</v>
+      </c>
+      <c r="C10" s="7">
         <v>486598.0</v>
       </c>
-      <c r="C10" s="7">
+      <c r="D10" s="7">
         <v>436313.0</v>
       </c>
-      <c r="D10" s="7">
+      <c r="E10" s="7">
         <v>397112.0</v>
       </c>
-      <c r="E10" s="7">
+      <c r="F10" s="7">
         <v>364314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>333878.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="10" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="9">
+        <v>2553886.0</v>
+      </c>
+      <c r="C11" s="9">
         <v>2496828.0</v>
       </c>
-      <c r="C11" s="9">
+      <c r="D11" s="9">
         <v>2056819.0</v>
       </c>
-      <c r="D11" s="9">
+      <c r="E11" s="9">
         <v>1578643.0</v>
       </c>
-      <c r="E11" s="9">
+      <c r="F11" s="9">
         <v>1177077.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>627659.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="7">
         <v>0.0</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="7">
+        <v>544367.0</v>
+      </c>
+      <c r="C14" s="7">
         <v>486598.0</v>
       </c>
-      <c r="C14" s="7">
+      <c r="D14" s="7">
         <v>436313.0</v>
       </c>
-      <c r="D14" s="7">
+      <c r="E14" s="7">
         <v>397112.0</v>
       </c>
-      <c r="E14" s="7">
+      <c r="F14" s="7">
         <v>364314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>333878.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="10" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="9">
+        <v>544367.0</v>
+      </c>
+      <c r="C15" s="9">
         <v>486598.0</v>
       </c>
-      <c r="C15" s="9">
+      <c r="D15" s="9">
         <v>436313.0</v>
       </c>
-      <c r="D15" s="9">
+      <c r="E15" s="9">
         <v>397112.0</v>
       </c>
-      <c r="E15" s="9">
+      <c r="F15" s="9">
         <v>364314.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>333878.0</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="34.8">
       <c r="A16" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="10" t="s">
         <v>1</v>
       </c>
       <c r="B17" s="11">
+        <v>4.69</v>
+      </c>
+      <c r="C17" s="11">
         <v>5.13</v>
       </c>
-      <c r="C17" s="11">
+      <c r="D17" s="11">
         <v>4.71</v>
       </c>
-      <c r="D17" s="11">
+      <c r="E17" s="11">
         <v>3.98</v>
       </c>
-      <c r="E17" s="11">
+      <c r="F17" s="11">
         <v>3.23</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.88</v>
       </c>
     </row>
     <row r="18" spans="1:6" customHeight="1" ht="34.8">
       <c r="A18" s="5" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:6" customHeight="1" ht="28.8">
       <c r="A19" s="12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C20" s="14">
         <v>44.26</v>
       </c>
-      <c r="C20" s="14">
+      <c r="D20" s="14">
         <v>15.91</v>
       </c>
-      <c r="D20" s="14">
+      <c r="E20" s="14">
         <v>20.69</v>
       </c>
-      <c r="E20" s="14">
+      <c r="F20" s="14">
         <v>0.42</v>
-      </c>
-[...1 lines deleted...]
-        <v>-16.81</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C21" s="14">
         <v>5.96</v>
       </c>
-      <c r="C21" s="14">
+      <c r="D21" s="14">
         <v>6.09</v>
       </c>
-      <c r="D21" s="14">
+      <c r="E21" s="14">
         <v>8.12</v>
       </c>
-      <c r="E21" s="14">
+      <c r="F21" s="14">
         <v>3.82</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.03</v>
       </c>
     </row>
     <row r="22" spans="1:6">
       <c r="A22" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C22" s="14">
         <v>2.51</v>
       </c>
-      <c r="C22" s="14">
+      <c r="D22" s="14">
         <v>-3.94</v>
       </c>
-      <c r="D22" s="14">
+      <c r="E22" s="14">
         <v>-15.86</v>
       </c>
-      <c r="E22" s="14">
+      <c r="F22" s="14">
         <v>-6.02</v>
-      </c>
-[...1 lines deleted...]
-        <v>-5.36</v>
       </c>
     </row>
     <row r="23" spans="1:6">
       <c r="A23" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B23" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C23" s="14">
         <v>4.35</v>
       </c>
-      <c r="C23" s="14">
+      <c r="D23" s="14">
         <v>4.62</v>
       </c>
-      <c r="D23" s="14">
+      <c r="E23" s="14">
         <v>3.92</v>
       </c>
-      <c r="E23" s="14">
+      <c r="F23" s="14">
         <v>4.32</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.28</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="13" t="s">
         <v>19</v>
       </c>
       <c r="B24" s="14">
+        <v>1.95</v>
+      </c>
+      <c r="C24" s="14">
         <v>3.17</v>
       </c>
-      <c r="C24" s="14">
+      <c r="D24" s="14">
         <v>3.51</v>
       </c>
-      <c r="D24" s="14">
+      <c r="E24" s="14">
         <v>3.08</v>
       </c>
-      <c r="E24" s="14">
+      <c r="F24" s="14">
         <v>3.61</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.58</v>
       </c>
     </row>
     <row r="25" spans="1:6" customHeight="1" ht="28.8">
       <c r="A25" s="12" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" s="13" t="s">
         <v>21</v>
       </c>
       <c r="B26" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C26" s="14">
         <v>4.74</v>
       </c>
-      <c r="C26" s="14">
+      <c r="D26" s="14">
         <v>4.61</v>
       </c>
-      <c r="D26" s="14">
+      <c r="E26" s="14">
         <v>4.03</v>
       </c>
-      <c r="E26" s="14">
+      <c r="F26" s="14">
         <v>3.55</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="27" spans="1:6" customHeight="1" ht="28.8">
       <c r="A27" s="12" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="13" t="s">
         <v>23</v>
       </c>
       <c r="B28" s="14">
+        <v>0.0</v>
+      </c>
+      <c r="C28" s="14">
         <v>5.95</v>
       </c>
-      <c r="C28" s="14">
+      <c r="D28" s="14">
         <v>4.95</v>
       </c>
-      <c r="D28" s="14">
+      <c r="E28" s="14">
         <v>3.65</v>
       </c>
-      <c r="E28" s="14">
+      <c r="F28" s="14">
         <v>5.6</v>
-      </c>
-[...1 lines deleted...]
-        <v>0.0</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="15" t="s">
         <v>24</v>
       </c>
       <c r="B29" s="15"/>
       <c r="C29" s="15"/>
       <c r="D29" s="15"/>
       <c r="E29" s="15"/>
       <c r="F29" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>