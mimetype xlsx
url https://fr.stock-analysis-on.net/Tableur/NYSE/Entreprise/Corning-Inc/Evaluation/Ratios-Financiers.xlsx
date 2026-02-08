--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -937,51 +937,51 @@
       <c r="A20" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B20" s="10">
         <v>2.49</v>
       </c>
       <c r="C20" s="10">
         <v>55.38</v>
       </c>
       <c r="D20" s="10">
         <v>17.32</v>
       </c>
       <c r="E20" s="10">
         <v>7.15</v>
       </c>
       <c r="F20" s="10">
         <v>0.0</v>
       </c>
       <c r="G20" s="10">
         <v>3.26</v>
       </c>
       <c r="H20" s="10">
         <v>41.68</v>
       </c>
       <c r="I20" s="10">
-        <v>21.63</v>
+        <v>21.62</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="11" t="s">
         <v>24</v>
       </c>
       <c r="B21" s="11"/>
       <c r="C21" s="11"/>
       <c r="D21" s="11"/>
       <c r="E21" s="11"/>
       <c r="F21" s="11"/>
       <c r="G21" s="11"/>
       <c r="H21" s="11"/>
       <c r="I21" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>