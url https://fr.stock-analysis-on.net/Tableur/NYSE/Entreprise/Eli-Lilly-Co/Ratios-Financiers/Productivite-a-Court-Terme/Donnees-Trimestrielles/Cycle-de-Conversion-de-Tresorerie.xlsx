--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1329,60 +1329,60 @@
       <c r="I21" s="8">
         <v>555.0</v>
       </c>
       <c r="J21" s="8">
         <v>558.0</v>
       </c>
       <c r="K21" s="8">
         <v>564.0</v>
       </c>
       <c r="L21" s="8">
         <v>564.0</v>
       </c>
       <c r="M21" s="8">
         <v>584.0</v>
       </c>
       <c r="N21" s="8">
         <v>490.0</v>
       </c>
       <c r="O21" s="8">
         <v>420.0</v>
       </c>
       <c r="P21" s="8">
         <v>326.0</v>
       </c>
       <c r="Q21" s="8">
-        <v>345.0</v>
+        <v>0.0</v>
       </c>
       <c r="R21" s="8">
-        <v>476.0</v>
+        <v>0.0</v>
       </c>
       <c r="S21" s="8">
-        <v>544.0</v>
+        <v>0.0</v>
       </c>
       <c r="T21" s="8">
-        <v>655.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" s="12" t="s">
         <v>18</v>
       </c>
       <c r="B22" s="8">
         <v>112.0</v>
       </c>
       <c r="C22" s="8">
         <v>110.0</v>
       </c>
       <c r="D22" s="8">
         <v>104.0</v>
       </c>
       <c r="E22" s="8">
         <v>97.0</v>
       </c>
       <c r="F22" s="8">
         <v>112.0</v>
       </c>
       <c r="G22" s="8">
         <v>107.0</v>
       </c>
       <c r="H22" s="8">