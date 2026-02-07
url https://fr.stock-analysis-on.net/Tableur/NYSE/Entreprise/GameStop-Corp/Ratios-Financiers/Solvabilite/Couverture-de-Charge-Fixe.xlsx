--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -892,51 +892,51 @@
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:7" customHeight="1" ht="28.8">
       <c r="A20" s="12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="14">
         <v>5.77</v>
       </c>
       <c r="C21" s="14">
         <v>3.73</v>
       </c>
       <c r="D21" s="14">
         <v>0.47</v>
       </c>
       <c r="E21" s="14">
         <v>5.24</v>
       </c>
       <c r="F21" s="14">
-        <v>4.63</v>
+        <v>0.0</v>
       </c>
       <c r="G21" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B22" s="14">
         <v>7.03</v>
       </c>
       <c r="C22" s="14">
         <v>9.07</v>
       </c>
       <c r="D22" s="14">
         <v>9.94</v>
       </c>
       <c r="E22" s="14">
         <v>8.97</v>
       </c>
       <c r="F22" s="14">
         <v>8.26</v>
       </c>
       <c r="G22" s="14">