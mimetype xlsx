--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -926,63 +926,63 @@
       <c r="E20" s="11">
         <v>0.0991</v>
       </c>
       <c r="F20" s="11">
         <v>0.2177</v>
       </c>
       <c r="G20" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:7" customHeight="1" ht="34.8">
       <c r="A21" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22" spans="1:7" customHeight="1" ht="28.8">
       <c r="A22" s="12" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B23" s="14">
-        <v>0.0</v>
+        <v>0.3722</v>
       </c>
       <c r="C23" s="14">
         <v>0.264</v>
       </c>
       <c r="D23" s="14">
         <v>0.1801</v>
       </c>
       <c r="E23" s="14">
         <v>0.3291</v>
       </c>
       <c r="F23" s="14">
-        <v>0.4906</v>
+        <v>0.0</v>
       </c>
       <c r="G23" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B24" s="14">
         <v>-0.0268</v>
       </c>
       <c r="C24" s="14">
         <v>0.0887</v>
       </c>
       <c r="D24" s="14">
         <v>-0.0292</v>
       </c>
       <c r="E24" s="14">
         <v>0.0266</v>
       </c>
       <c r="F24" s="14">
         <v>-0.1239</v>
       </c>
       <c r="G24" s="14">
@@ -1251,63 +1251,63 @@
       <c r="E11" s="11">
         <v>0.0824</v>
       </c>
       <c r="F11" s="11">
         <v>0.1426</v>
       </c>
       <c r="G11" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:7" customHeight="1" ht="34.8">
       <c r="A12" s="5" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="28.8">
       <c r="A13" s="12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="14">
-        <v>0.0</v>
+        <v>0.2596</v>
       </c>
       <c r="C14" s="14">
         <v>0.1687</v>
       </c>
       <c r="D14" s="14">
         <v>-0.0263</v>
       </c>
       <c r="E14" s="14">
         <v>-0.0854</v>
       </c>
       <c r="F14" s="14">
-        <v>0.4844</v>
+        <v>0.0</v>
       </c>
       <c r="G14" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="14">
         <v>-0.048</v>
       </c>
       <c r="C15" s="14">
         <v>0.0791</v>
       </c>
       <c r="D15" s="14">
         <v>-0.0462</v>
       </c>
       <c r="E15" s="14">
         <v>-0.0014</v>
       </c>
       <c r="F15" s="14">
         <v>-0.1728</v>
       </c>
       <c r="G15" s="14">