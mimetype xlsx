--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -952,66 +952,66 @@
       <c r="E9" s="11">
         <v>0.3363</v>
       </c>
       <c r="F9" s="11">
         <v>0.3395</v>
       </c>
       <c r="G9" s="11">
         <v>0.3409</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
-        <v>0.0</v>
+        <v>0.5029</v>
       </c>
       <c r="C12" s="7">
         <v>0.4885</v>
       </c>
       <c r="D12" s="7">
         <v>0.4698</v>
       </c>
       <c r="E12" s="7">
         <v>0.4381</v>
       </c>
       <c r="F12" s="7">
         <v>0.4203</v>
       </c>
       <c r="G12" s="7">
-        <v>0.3957</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.3332</v>
       </c>
       <c r="C13" s="7">
         <v>0.3339</v>
       </c>
       <c r="D13" s="7">
         <v>0.3323</v>
       </c>
       <c r="E13" s="7">
         <v>0.333</v>
       </c>
       <c r="F13" s="7">
         <v>0.3301</v>
       </c>
       <c r="G13" s="7">
         <v>0.318</v>
       </c>
     </row>
@@ -1175,66 +1175,66 @@
       <c r="E9" s="11">
         <v>0.1524</v>
       </c>
       <c r="F9" s="11">
         <v>0.1384</v>
       </c>
       <c r="G9" s="11">
         <v>0.1437</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
-        <v>0.0</v>
+        <v>0.1116</v>
       </c>
       <c r="C12" s="7">
         <v>0.1075</v>
       </c>
       <c r="D12" s="7">
         <v>0.0641</v>
       </c>
       <c r="E12" s="7">
         <v>0.0238</v>
       </c>
       <c r="F12" s="7">
         <v>0.053</v>
       </c>
       <c r="G12" s="7">
-        <v>0.0593</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.1251</v>
       </c>
       <c r="C13" s="7">
         <v>0.1338</v>
       </c>
       <c r="D13" s="7">
         <v>0.1047</v>
       </c>
       <c r="E13" s="7">
         <v>0.1256</v>
       </c>
       <c r="F13" s="7">
         <v>0.1077</v>
       </c>
       <c r="G13" s="7">
         <v>0.0875</v>
       </c>
     </row>
@@ -1454,66 +1454,66 @@
       <c r="E9" s="11">
         <v>0.1087</v>
       </c>
       <c r="F9" s="11">
         <v>0.0974</v>
       </c>
       <c r="G9" s="11">
         <v>0.102</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
-        <v>0.0</v>
+        <v>0.1083</v>
       </c>
       <c r="C12" s="7">
         <v>0.0929</v>
       </c>
       <c r="D12" s="7">
         <v>0.0529</v>
       </c>
       <c r="E12" s="7">
         <v>-0.0053</v>
       </c>
       <c r="F12" s="7">
         <v>0.071</v>
       </c>
       <c r="G12" s="7">
-        <v>0.0553</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.0831</v>
       </c>
       <c r="C13" s="7">
         <v>0.0894</v>
       </c>
       <c r="D13" s="7">
         <v>0.0663</v>
       </c>
       <c r="E13" s="7">
         <v>0.0877</v>
       </c>
       <c r="F13" s="7">
         <v>0.0651</v>
       </c>
       <c r="G13" s="7">
         <v>0.0593</v>
       </c>
     </row>
@@ -1733,66 +1733,66 @@
       <c r="E9" s="11">
         <v>0.0</v>
       </c>
       <c r="F9" s="11">
         <v>3.9</v>
       </c>
       <c r="G9" s="11">
         <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
-        <v>0.0</v>
+        <v>0.1889</v>
       </c>
       <c r="C12" s="7">
         <v>0.2072</v>
       </c>
       <c r="D12" s="7">
         <v>0.1507</v>
       </c>
       <c r="E12" s="7">
         <v>-0.0186</v>
       </c>
       <c r="F12" s="7">
         <v>0.2413</v>
       </c>
       <c r="G12" s="7">
-        <v>0.2284</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.0</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>4.0605</v>
       </c>
       <c r="G13" s="7">
         <v>2.1709</v>
       </c>
     </row>
@@ -2012,66 +2012,66 @@
       <c r="E9" s="11">
         <v>0.2286</v>
       </c>
       <c r="F9" s="11">
         <v>0.1823</v>
       </c>
       <c r="G9" s="11">
         <v>0.2194</v>
       </c>
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="13" t="s">
         <v>16</v>
       </c>
       <c r="B12" s="7">
-        <v>0.0</v>
+        <v>0.0949</v>
       </c>
       <c r="C12" s="7">
         <v>0.0948</v>
       </c>
       <c r="D12" s="7">
         <v>0.0576</v>
       </c>
       <c r="E12" s="7">
         <v>-0.0059</v>
       </c>
       <c r="F12" s="7">
         <v>0.0793</v>
       </c>
       <c r="G12" s="7">
-        <v>0.0664</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.1614</v>
       </c>
       <c r="C13" s="7">
         <v>0.1849</v>
       </c>
       <c r="D13" s="7">
         <v>0.1473</v>
       </c>
       <c r="E13" s="7">
         <v>0.1891</v>
       </c>
       <c r="F13" s="7">
         <v>0.1249</v>
       </c>
       <c r="G13" s="7">
         <v>0.1085</v>
       </c>
     </row>