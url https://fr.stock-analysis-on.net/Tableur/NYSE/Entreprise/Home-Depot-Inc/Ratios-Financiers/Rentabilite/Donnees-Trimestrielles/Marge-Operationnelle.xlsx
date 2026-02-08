--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -882,108 +882,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>0.0</v>
       </c>
       <c r="C13" s="13">
         <v>0.0</v>
       </c>
       <c r="D13" s="13">
         <v>0.0</v>
       </c>
       <c r="E13" s="13">
-        <v>0.0</v>
+        <v>0.1116</v>
       </c>
       <c r="F13" s="13">
         <v>0.1102</v>
       </c>
       <c r="G13" s="13">
         <v>0.1137</v>
       </c>
       <c r="H13" s="13">
         <v>0.1102</v>
       </c>
       <c r="I13" s="13">
         <v>0.1075</v>
       </c>
       <c r="J13" s="13">
         <v>0.0977</v>
       </c>
       <c r="K13" s="13">
         <v>0.09</v>
       </c>
       <c r="L13" s="13">
         <v>0.0802</v>
       </c>
       <c r="M13" s="13">
         <v>0.0641</v>
       </c>
       <c r="N13" s="13">
         <v>0.0476</v>
       </c>
       <c r="O13" s="13">
         <v>0.0329</v>
       </c>
       <c r="P13" s="13">
         <v>0.0254</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0238</v>
       </c>
       <c r="R13" s="13">
         <v>0.0258</v>
       </c>
       <c r="S13" s="13">
         <v>0.0315</v>
       </c>
       <c r="T13" s="13">
         <v>0.0412</v>
       </c>
       <c r="U13" s="13">
-        <v>0.053</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="13">
-        <v>0.0618</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="13">
-        <v>0.0668</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="13">
-        <v>0.0663</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>0.1219</v>
       </c>
       <c r="C14" s="13">
         <v>0.1235</v>
       </c>
       <c r="D14" s="13">
         <v>0.1238</v>
       </c>
       <c r="E14" s="13">
         <v>0.1251</v>
       </c>
       <c r="F14" s="13">
         <v>0.1233</v>
       </c>
       <c r="G14" s="13">
         <v>0.1248</v>
       </c>
       <c r="H14" s="13">