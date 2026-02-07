--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -818,250 +818,250 @@
       <c r="B13" s="7">
         <v>46.19</v>
       </c>
     </row>
     <row r="14" spans="1:11">
       <c r="A14" s="6" t="s">
         <v>19</v>
       </c>
       <c r="B14" s="7">
         <v>11.58</v>
       </c>
     </row>
     <row r="15" spans="1:11" customHeight="1" ht="34.8">
       <c r="A15" s="5" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="16" spans="1:11">
       <c r="A16" s="6" t="s">
         <v>21</v>
       </c>
       <c r="B16" s="10">
         <v>25.29</v>
       </c>
       <c r="C16" s="10">
-        <v>98.45999999999999</v>
+        <v>100.98999999999999</v>
       </c>
       <c r="D16" s="10">
-        <v>29.41</v>
+        <v>31.49</v>
       </c>
       <c r="E16" s="10">
-        <v>36.31</v>
+        <v>38.27</v>
       </c>
       <c r="F16" s="10">
-        <v>36.92</v>
+        <v>38.68</v>
       </c>
       <c r="G16" s="10">
-        <v>26.02</v>
+        <v>26.53</v>
       </c>
       <c r="H16" s="10">
-        <v>27.94</v>
+        <v>28.6</v>
       </c>
       <c r="I16" s="10">
-        <v>55.039999999999999</v>
+        <v>55.79</v>
       </c>
       <c r="J16" s="10">
-        <v>113.030000000000001</v>
+        <v>117.48999999999999</v>
       </c>
       <c r="K16" s="10">
-        <v>57.29</v>
+        <v>59.1</v>
       </c>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="6" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="10">
         <v>19.21</v>
       </c>
       <c r="C17" s="10">
-        <v>19215.33000000000175</v>
+        <v>19708.38999999999942</v>
       </c>
       <c r="D17" s="10">
-        <v>23.53</v>
+        <v>25.19</v>
       </c>
       <c r="E17" s="10">
-        <v>34.049999999999997</v>
+        <v>35.89</v>
       </c>
       <c r="F17" s="10">
-        <v>36.29</v>
+        <v>38.020000000000003</v>
       </c>
       <c r="G17" s="10">
-        <v>22.62</v>
+        <v>23.059999999999999</v>
       </c>
       <c r="H17" s="10">
-        <v>20.42</v>
+        <v>20.9</v>
       </c>
       <c r="I17" s="10">
-        <v>54.25</v>
+        <v>55.0</v>
       </c>
       <c r="J17" s="10">
-        <v>112.40000000000001</v>
+        <v>116.83</v>
       </c>
       <c r="K17" s="10">
-        <v>53.6</v>
+        <v>55.3</v>
       </c>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="6" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="10">
         <v>0.8</v>
       </c>
       <c r="C18" s="10">
         <v>0.0</v>
       </c>
       <c r="D18" s="10">
-        <v>1.18</v>
+        <v>1.26</v>
       </c>
       <c r="E18" s="10">
-        <v>5.47</v>
+        <v>5.76</v>
       </c>
       <c r="F18" s="10">
-        <v>21.21</v>
+        <v>22.22</v>
       </c>
       <c r="G18" s="10">
-        <v>1.73</v>
+        <v>1.76</v>
       </c>
       <c r="H18" s="10">
-        <v>0.76</v>
+        <v>0.78</v>
       </c>
       <c r="I18" s="10">
-        <v>38.009999999999998</v>
+        <v>38.53</v>
       </c>
       <c r="J18" s="10">
-        <v>201.72</v>
+        <v>209.68000000000001</v>
       </c>
       <c r="K18" s="10">
-        <v>8.34</v>
+        <v>8.6</v>
       </c>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="6" t="s">
         <v>24</v>
       </c>
       <c r="B19" s="10">
         <v>19.59</v>
       </c>
       <c r="C19" s="10">
-        <v>43.47</v>
+        <v>44.58</v>
       </c>
       <c r="D19" s="10">
-        <v>24.28</v>
+        <v>26.0</v>
       </c>
       <c r="E19" s="10">
-        <v>29.74</v>
+        <v>31.35</v>
       </c>
       <c r="F19" s="10">
-        <v>29.17</v>
+        <v>30.56</v>
       </c>
       <c r="G19" s="10">
-        <v>19.95</v>
+        <v>20.34</v>
       </c>
       <c r="H19" s="10">
-        <v>18.13</v>
+        <v>18.56</v>
       </c>
       <c r="I19" s="10">
-        <v>40.19</v>
+        <v>40.74</v>
       </c>
       <c r="J19" s="10">
-        <v>45.28</v>
+        <v>47.07</v>
       </c>
       <c r="K19" s="10">
-        <v>36.020000000000003</v>
+        <v>37.16</v>
       </c>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B20" s="10">
         <v>4.71</v>
       </c>
       <c r="C20" s="10">
-        <v>2.08</v>
+        <v>2.13</v>
       </c>
       <c r="D20" s="10">
-        <v>5.17</v>
+        <v>5.54</v>
       </c>
       <c r="E20" s="10">
-        <v>5.54</v>
+        <v>5.84</v>
       </c>
       <c r="F20" s="10">
-        <v>7.59</v>
+        <v>7.95</v>
       </c>
       <c r="G20" s="10">
-        <v>3.86</v>
+        <v>3.93</v>
       </c>
       <c r="H20" s="10">
-        <v>1.87</v>
+        <v>1.91</v>
       </c>
       <c r="I20" s="10">
-        <v>3.25</v>
+        <v>3.3</v>
       </c>
       <c r="J20" s="10">
-        <v>4.13</v>
+        <v>4.29</v>
       </c>
       <c r="K20" s="10">
-        <v>3.33</v>
+        <v>3.44</v>
       </c>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="6" t="s">
         <v>26</v>
       </c>
       <c r="B21" s="10">
         <v>18.79</v>
       </c>
       <c r="C21" s="10">
-        <v>34.12</v>
+        <v>35.0</v>
       </c>
       <c r="D21" s="10">
-        <v>16.29</v>
+        <v>17.44</v>
       </c>
       <c r="E21" s="10">
-        <v>7.45</v>
+        <v>7.85</v>
       </c>
       <c r="F21" s="10">
-        <v>17.2</v>
+        <v>18.030000000000001</v>
       </c>
       <c r="G21" s="10">
-        <v>7.97</v>
+        <v>8.13</v>
       </c>
       <c r="H21" s="10">
-        <v>20.85</v>
+        <v>21.35</v>
       </c>
       <c r="I21" s="10">
-        <v>4.37</v>
+        <v>4.43</v>
       </c>
       <c r="J21" s="10">
-        <v>9.42</v>
+        <v>9.79</v>
       </c>
       <c r="K21" s="10">
-        <v>8.75</v>
+        <v>9.029999999999999</v>
       </c>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="11" t="s">
         <v>27</v>
       </c>
       <c r="B22" s="11"/>
       <c r="C22" s="11"/>
       <c r="D22" s="11"/>
       <c r="E22" s="11"/>
       <c r="F22" s="11"/>
       <c r="G22" s="11"/>
       <c r="H22" s="11"/>
       <c r="I22" s="11"/>
       <c r="J22" s="11"/>
       <c r="K22" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>