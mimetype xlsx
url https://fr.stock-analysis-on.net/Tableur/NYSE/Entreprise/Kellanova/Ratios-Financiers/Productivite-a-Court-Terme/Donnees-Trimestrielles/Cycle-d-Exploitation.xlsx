--- v0 (2026-02-07)
+++ v1 (2026-02-09)
@@ -1027,60 +1027,60 @@
       <c r="D17" s="8">
         <v>341.0</v>
       </c>
       <c r="E17" s="8">
         <v>319.0</v>
       </c>
       <c r="F17" s="8">
         <v>336.0</v>
       </c>
       <c r="G17" s="8">
         <v>371.0</v>
       </c>
       <c r="H17" s="8">
         <v>360.0</v>
       </c>
       <c r="I17" s="8">
         <v>281.0</v>
       </c>
       <c r="J17" s="8">
         <v>303.0</v>
       </c>
       <c r="K17" s="8">
         <v>348.0</v>
       </c>
       <c r="L17" s="8">
-        <v>353.0</v>
+        <v>0.0</v>
       </c>
       <c r="M17" s="8">
-        <v>345.0</v>
+        <v>0.0</v>
       </c>
       <c r="N17" s="8">
-        <v>373.0</v>
+        <v>0.0</v>
       </c>
       <c r="O17" s="8">
-        <v>390.0</v>
+        <v>0.0</v>
       </c>
       <c r="P17" s="8">
         <v>0.0</v>
       </c>
       <c r="Q17" s="8">
         <v>0.0</v>
       </c>
       <c r="R17" s="8">
         <v>0.0</v>
       </c>
       <c r="S17" s="8">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="13"/>
       <c r="C18" s="13"/>
       <c r="D18" s="13"/>
       <c r="E18" s="13"/>
       <c r="F18" s="13"/>
       <c r="G18" s="13"/>
       <c r="H18" s="13"/>