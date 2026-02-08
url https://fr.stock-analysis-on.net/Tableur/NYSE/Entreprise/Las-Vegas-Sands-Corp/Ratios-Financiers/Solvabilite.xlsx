--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1254,51 +1254,51 @@
       </c>
       <c r="C19" s="7">
         <v>0.65</v>
       </c>
       <c r="D19" s="7">
         <v>0.72</v>
       </c>
       <c r="E19" s="7">
         <v>0.0</v>
       </c>
       <c r="F19" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="7">
         <v>0.61</v>
       </c>
       <c r="C20" s="7">
         <v>0.61</v>
       </c>
       <c r="D20" s="7">
-        <v>0.61</v>
+        <v>0.0</v>
       </c>
       <c r="E20" s="7">
         <v>0.0</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="7">
         <v>0.07</v>
       </c>
       <c r="C21" s="7">
         <v>0.08</v>
       </c>
       <c r="D21" s="7">
         <v>0.12</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
@@ -2016,51 +2016,51 @@
       </c>
       <c r="C19" s="7">
         <v>0.48</v>
       </c>
       <c r="D19" s="7">
         <v>0.57</v>
       </c>
       <c r="E19" s="7">
         <v>0.0</v>
       </c>
       <c r="F19" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B20" s="7">
         <v>0.54</v>
       </c>
       <c r="C20" s="7">
         <v>0.53</v>
       </c>
       <c r="D20" s="7">
-        <v>0.53</v>
+        <v>0.0</v>
       </c>
       <c r="E20" s="7">
         <v>0.0</v>
       </c>
       <c r="F20" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B21" s="7">
         <v>0.05</v>
       </c>
       <c r="C21" s="7">
         <v>0.06</v>
       </c>
       <c r="D21" s="7">
         <v>0.1</v>
       </c>
       <c r="E21" s="7">
         <v>0.0</v>
       </c>
       <c r="F21" s="7">
@@ -2327,51 +2327,51 @@
       </c>
       <c r="C13" s="7">
         <v>3.83</v>
       </c>
       <c r="D13" s="7">
         <v>4.47</v>
       </c>
       <c r="E13" s="7">
         <v>0.0</v>
       </c>
       <c r="F13" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B14" s="7">
         <v>2.93</v>
       </c>
       <c r="C14" s="7">
         <v>2.9</v>
       </c>
       <c r="D14" s="7">
-        <v>2.96</v>
+        <v>0.0</v>
       </c>
       <c r="E14" s="7">
         <v>0.0</v>
       </c>
       <c r="F14" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B15" s="7">
         <v>1.45</v>
       </c>
       <c r="C15" s="7">
         <v>1.46</v>
       </c>
       <c r="D15" s="7">
         <v>1.35</v>
       </c>
       <c r="E15" s="7">
         <v>0.0</v>
       </c>
       <c r="F15" s="7">
@@ -3209,51 +3209,51 @@
       </c>
       <c r="C23" s="7">
         <v>3.82</v>
       </c>
       <c r="D23" s="7">
         <v>2.03</v>
       </c>
       <c r="E23" s="7">
         <v>0.0</v>
       </c>
       <c r="F23" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="14" t="s">
         <v>28</v>
       </c>
       <c r="B24" s="7">
         <v>3.98</v>
       </c>
       <c r="C24" s="7">
         <v>3.23</v>
       </c>
       <c r="D24" s="7">
-        <v>1.88</v>
+        <v>0.0</v>
       </c>
       <c r="E24" s="7">
         <v>0.0</v>
       </c>
       <c r="F24" s="7">
         <v>0.0</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" s="14" t="s">
         <v>29</v>
       </c>
       <c r="B25" s="7">
         <v>-15.86</v>
       </c>
       <c r="C25" s="7">
         <v>-6.02</v>
       </c>
       <c r="D25" s="7">
         <v>-5.36</v>
       </c>
       <c r="E25" s="7">
         <v>0.0</v>
       </c>
       <c r="F25" s="7">