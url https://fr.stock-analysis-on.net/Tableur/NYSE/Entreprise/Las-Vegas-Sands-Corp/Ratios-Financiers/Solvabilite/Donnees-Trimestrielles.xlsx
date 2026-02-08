--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -3221,60 +3221,60 @@
       <c r="A15" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B15" s="8">
         <v>2.74</v>
       </c>
       <c r="C15" s="8">
         <v>2.73</v>
       </c>
       <c r="D15" s="8">
         <v>2.84</v>
       </c>
       <c r="E15" s="8">
         <v>2.93</v>
       </c>
       <c r="F15" s="8">
         <v>2.93</v>
       </c>
       <c r="G15" s="8">
         <v>3.04</v>
       </c>
       <c r="H15" s="8">
         <v>3.03</v>
       </c>
       <c r="I15" s="8">
-        <v>2.9</v>
+        <v>0.0</v>
       </c>
       <c r="J15" s="8">
-        <v>2.87</v>
+        <v>0.0</v>
       </c>
       <c r="K15" s="8">
-        <v>2.91</v>
+        <v>0.0</v>
       </c>
       <c r="L15" s="8">
-        <v>2.93</v>
+        <v>0.0</v>
       </c>
       <c r="M15" s="8">
         <v>0.0</v>
       </c>
       <c r="N15" s="8">
         <v>0.0</v>
       </c>
       <c r="O15" s="8">
         <v>0.0</v>
       </c>
       <c r="P15" s="8">
         <v>0.0</v>
       </c>
       <c r="Q15" s="8">
         <v>0.0</v>
       </c>
       <c r="R15" s="8">
         <v>0.0</v>
       </c>
       <c r="S15" s="8">
         <v>0.0</v>
       </c>
       <c r="T15" s="8">
         <v>0.0</v>
       </c>