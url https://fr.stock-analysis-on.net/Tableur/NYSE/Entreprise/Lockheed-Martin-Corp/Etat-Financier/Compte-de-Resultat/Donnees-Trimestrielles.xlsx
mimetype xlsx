--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -12,54 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="État des résultats" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>Lockheed Martin Corp.</t>
   </si>
   <si>
     <t>Compte de résultat consolidé</t>
   </si>
   <si>
     <t>Données trimestrielles</t>
   </si>
   <si>
     <t>en millions de dollars américains</t>
   </si>
   <si>
     <t>3 mois clos le</t>
   </si>
   <si>
     <t>Produits</t>
   </si>
   <si>
     <t>Services</t>
   </si>
   <si>
     <t>Ventes</t>
   </si>
   <si>
@@ -88,67 +85,58 @@
   </si>
   <si>
     <t>Autres produits (charges) hors exploitation, montant net</t>
   </si>
   <si>
     <t>Bénéfice lié aux activités poursuivies avant impôts sur le résultat</t>
   </si>
   <si>
     <t>Charge d’impôt sur le résultat</t>
   </si>
   <si>
     <t>Bénéfice net</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-40C]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
-  <fonts count="7">
+  <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -202,81 +190,80 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="13">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -540,1280 +527,1275 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:U26"/>
+  <dimension ref="A1:U24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="U26" sqref="U26"/>
+      <selection activeCell="U24" sqref="U24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:21">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:21">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:21">
-      <c r="A3" s="2" t="s">
-[...4 lines deleted...]
-      <c r="A4" s="3" t="s">
+      <c r="A3" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:21">
-      <c r="A5" s="4" t="s">
+      <c r="A5" t="s">
         <v>3</v>
       </c>
     </row>
+    <row r="6" spans="1:21">
+      <c r="A6" s="4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45928</v>
+      </c>
+      <c r="D6" s="5">
+        <v>45837</v>
+      </c>
+      <c r="E6" s="5">
+        <v>45746</v>
+      </c>
+      <c r="F6" s="5">
+        <v>45657</v>
+      </c>
+      <c r="G6" s="5">
+        <v>45564</v>
+      </c>
+      <c r="H6" s="5">
+        <v>45473</v>
+      </c>
+      <c r="I6" s="5">
+        <v>45382</v>
+      </c>
+      <c r="J6" s="5">
+        <v>45291</v>
+      </c>
+      <c r="K6" s="5">
+        <v>45193</v>
+      </c>
+      <c r="L6" s="5">
+        <v>45102</v>
+      </c>
+      <c r="M6" s="5">
+        <v>45011</v>
+      </c>
+      <c r="N6" s="5">
+        <v>44926</v>
+      </c>
+      <c r="O6" s="5">
+        <v>44829</v>
+      </c>
+      <c r="P6" s="5">
+        <v>44738</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>44647</v>
+      </c>
+      <c r="R6" s="5">
+        <v>44561</v>
+      </c>
+      <c r="S6" s="5">
+        <v>44465</v>
+      </c>
+      <c r="T6" s="5">
+        <v>44374</v>
+      </c>
+      <c r="U6" s="5">
+        <v>44283</v>
+      </c>
+    </row>
     <row r="7" spans="1:21">
-      <c r="A7" t="s">
-        <v>4</v>
+      <c r="A7" s="6" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="7">
+        <v>17258.0</v>
+      </c>
+      <c r="C7" s="7">
+        <v>15311.0</v>
+      </c>
+      <c r="D7" s="7">
+        <v>15149.0</v>
+      </c>
+      <c r="E7" s="7">
+        <v>14936.0</v>
+      </c>
+      <c r="F7" s="7">
+        <v>15500.0</v>
+      </c>
+      <c r="G7" s="7">
+        <v>14472.0</v>
+      </c>
+      <c r="H7" s="7">
+        <v>15109.0</v>
+      </c>
+      <c r="I7" s="7">
+        <v>14196.0</v>
+      </c>
+      <c r="J7" s="7">
+        <v>15967.0</v>
+      </c>
+      <c r="K7" s="7">
+        <v>14014.0</v>
+      </c>
+      <c r="L7" s="7">
+        <v>13758.0</v>
+      </c>
+      <c r="M7" s="7">
+        <v>12526.0</v>
+      </c>
+      <c r="N7" s="7">
+        <v>16200.0</v>
+      </c>
+      <c r="O7" s="7">
+        <v>14011.0</v>
+      </c>
+      <c r="P7" s="7">
+        <v>12761.0</v>
+      </c>
+      <c r="Q7" s="7">
+        <v>12494.0</v>
+      </c>
+      <c r="R7" s="7">
+        <v>14949.0</v>
+      </c>
+      <c r="S7" s="7">
+        <v>13475.0</v>
+      </c>
+      <c r="T7" s="7">
+        <v>14258.0</v>
+      </c>
+      <c r="U7" s="7">
+        <v>13753.0</v>
       </c>
     </row>
     <row r="8" spans="1:21">
-      <c r="A8" s="5" t="s">
+      <c r="A8" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="B8" s="7">
+        <v>3063.0</v>
+      </c>
+      <c r="C8" s="7">
+        <v>3298.0</v>
+      </c>
+      <c r="D8" s="7">
+        <v>3006.0</v>
+      </c>
+      <c r="E8" s="7">
+        <v>3027.0</v>
+      </c>
+      <c r="F8" s="7">
+        <v>3122.0</v>
+      </c>
+      <c r="G8" s="7">
+        <v>2632.0</v>
+      </c>
+      <c r="H8" s="7">
+        <v>3013.0</v>
+      </c>
+      <c r="I8" s="7">
+        <v>2999.0</v>
+      </c>
+      <c r="J8" s="7">
+        <v>2907.0</v>
+      </c>
+      <c r="K8" s="7">
+        <v>2864.0</v>
+      </c>
+      <c r="L8" s="7">
+        <v>2935.0</v>
+      </c>
+      <c r="M8" s="7">
+        <v>2600.0</v>
+      </c>
+      <c r="N8" s="7">
+        <v>2791.0</v>
+      </c>
+      <c r="O8" s="7">
+        <v>2572.0</v>
+      </c>
+      <c r="P8" s="7">
+        <v>2685.0</v>
+      </c>
+      <c r="Q8" s="7">
+        <v>2470.0</v>
+      </c>
+      <c r="R8" s="7">
+        <v>2780.0</v>
+      </c>
+      <c r="S8" s="7">
+        <v>2553.0</v>
+      </c>
+      <c r="T8" s="7">
+        <v>2771.0</v>
+      </c>
+      <c r="U8" s="7">
+        <v>2505.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:21">
+      <c r="A9" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B9" s="9">
+        <v>20321.0</v>
+      </c>
+      <c r="C9" s="9">
+        <v>18609.0</v>
+      </c>
+      <c r="D9" s="9">
+        <v>18155.0</v>
+      </c>
+      <c r="E9" s="9">
+        <v>17963.0</v>
+      </c>
+      <c r="F9" s="9">
+        <v>18622.0</v>
+      </c>
+      <c r="G9" s="9">
+        <v>17104.0</v>
+      </c>
+      <c r="H9" s="9">
+        <v>18122.0</v>
+      </c>
+      <c r="I9" s="9">
+        <v>17195.0</v>
+      </c>
+      <c r="J9" s="9">
+        <v>18874.0</v>
+      </c>
+      <c r="K9" s="9">
+        <v>16878.0</v>
+      </c>
+      <c r="L9" s="9">
+        <v>16693.0</v>
+      </c>
+      <c r="M9" s="9">
+        <v>15126.0</v>
+      </c>
+      <c r="N9" s="9">
+        <v>18991.0</v>
+      </c>
+      <c r="O9" s="9">
+        <v>16583.0</v>
+      </c>
+      <c r="P9" s="9">
+        <v>15446.0</v>
+      </c>
+      <c r="Q9" s="9">
+        <v>14964.0</v>
+      </c>
+      <c r="R9" s="9">
+        <v>17729.0</v>
+      </c>
+      <c r="S9" s="9">
+        <v>16028.0</v>
+      </c>
+      <c r="T9" s="9">
+        <v>17029.0</v>
+      </c>
+      <c r="U9" s="9">
+        <v>16258.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:21">
+      <c r="A10" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B8" s="6">
-[...61 lines deleted...]
-      <c r="A9" s="7" t="s">
+      <c r="B10" s="7">
+        <v>-15559.0</v>
+      </c>
+      <c r="C10" s="7">
+        <v>-13708.0</v>
+      </c>
+      <c r="D10" s="7">
+        <v>-14469.0</v>
+      </c>
+      <c r="E10" s="7">
+        <v>-13284.0</v>
+      </c>
+      <c r="F10" s="7">
+        <v>-15484.0</v>
+      </c>
+      <c r="G10" s="7">
+        <v>-12964.0</v>
+      </c>
+      <c r="H10" s="7">
+        <v>-13520.0</v>
+      </c>
+      <c r="I10" s="7">
+        <v>-12884.0</v>
+      </c>
+      <c r="J10" s="7">
+        <v>-14246.0</v>
+      </c>
+      <c r="K10" s="7">
+        <v>-12571.0</v>
+      </c>
+      <c r="L10" s="7">
+        <v>-12238.0</v>
+      </c>
+      <c r="M10" s="7">
+        <v>-11151.0</v>
+      </c>
+      <c r="N10" s="7">
+        <v>-14474.0</v>
+      </c>
+      <c r="O10" s="7">
+        <v>-12547.0</v>
+      </c>
+      <c r="P10" s="7">
+        <v>-11395.0</v>
+      </c>
+      <c r="Q10" s="7">
+        <v>-11161.0</v>
+      </c>
+      <c r="R10" s="7">
+        <v>-13288.0</v>
+      </c>
+      <c r="S10" s="7">
+        <v>-11838.0</v>
+      </c>
+      <c r="T10" s="7">
+        <v>-12866.0</v>
+      </c>
+      <c r="U10" s="7">
+        <v>-12281.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:21">
+      <c r="A11" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="8" t="e">
-[...126 lines deleted...]
-      <c r="A11" s="9" t="s">
+      <c r="B11" s="7">
+        <v>-2698.0</v>
+      </c>
+      <c r="C11" s="7">
+        <v>-2871.0</v>
+      </c>
+      <c r="D11" s="7">
+        <v>-3130.0</v>
+      </c>
+      <c r="E11" s="7">
+        <v>-2640.0</v>
+      </c>
+      <c r="F11" s="7">
+        <v>-2760.0</v>
+      </c>
+      <c r="G11" s="7">
+        <v>-2272.0</v>
+      </c>
+      <c r="H11" s="7">
+        <v>-2582.0</v>
+      </c>
+      <c r="I11" s="7">
+        <v>-2603.0</v>
+      </c>
+      <c r="J11" s="7">
+        <v>-2591.0</v>
+      </c>
+      <c r="K11" s="7">
+        <v>-2510.0</v>
+      </c>
+      <c r="L11" s="7">
+        <v>-2642.0</v>
+      </c>
+      <c r="M11" s="7">
+        <v>-2284.0</v>
+      </c>
+      <c r="N11" s="7">
+        <v>-2500.0</v>
+      </c>
+      <c r="O11" s="7">
+        <v>-2243.0</v>
+      </c>
+      <c r="P11" s="7">
+        <v>-2362.0</v>
+      </c>
+      <c r="Q11" s="7">
+        <v>-2175.0</v>
+      </c>
+      <c r="R11" s="7">
+        <v>-2463.0</v>
+      </c>
+      <c r="S11" s="7">
+        <v>-2332.0</v>
+      </c>
+      <c r="T11" s="7">
+        <v>-2438.0</v>
+      </c>
+      <c r="U11" s="7">
+        <v>-2230.0</v>
+      </c>
+    </row>
+    <row r="12" spans="1:21">
+      <c r="A12" s="6" t="s">
         <v>8</v>
       </c>
-      <c r="B11" s="10" t="e">
-[...122 lines deleted...]
-        <v>#N/A</v>
+      <c r="B12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="C12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="D12" s="7">
+        <v>-66.0</v>
+      </c>
+      <c r="E12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="F12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="G12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="H12" s="7">
+        <v>-87.0</v>
+      </c>
+      <c r="I12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="J12" s="7">
+        <v>-92.0</v>
+      </c>
+      <c r="K12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="L12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="M12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="N12" s="7">
+        <v>-100.0</v>
+      </c>
+      <c r="O12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="P12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="Q12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="R12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="S12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="T12" s="7">
+        <v>0.0</v>
+      </c>
+      <c r="U12" s="7">
+        <v>-36.0</v>
       </c>
     </row>
     <row r="13" spans="1:21">
-      <c r="A13" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B13" s="7">
+        <v>258.0</v>
+      </c>
+      <c r="C13" s="7">
+        <v>210.0</v>
+      </c>
+      <c r="D13" s="7">
+        <v>244.0</v>
+      </c>
+      <c r="E13" s="7">
+        <v>284.0</v>
+      </c>
+      <c r="F13" s="7">
+        <v>312.0</v>
+      </c>
+      <c r="G13" s="7">
+        <v>249.0</v>
+      </c>
+      <c r="H13" s="7">
+        <v>197.0</v>
+      </c>
+      <c r="I13" s="7">
+        <v>285.0</v>
+      </c>
+      <c r="J13" s="7">
+        <v>350.0</v>
+      </c>
+      <c r="K13" s="7">
+        <v>251.0</v>
+      </c>
+      <c r="L13" s="7">
+        <v>277.0</v>
+      </c>
+      <c r="M13" s="7">
+        <v>355.0</v>
+      </c>
+      <c r="N13" s="7">
+        <v>385.0</v>
+      </c>
+      <c r="O13" s="7">
+        <v>327.0</v>
+      </c>
+      <c r="P13" s="7">
+        <v>267.0</v>
+      </c>
+      <c r="Q13" s="7">
+        <v>281.0</v>
+      </c>
+      <c r="R13" s="7">
+        <v>444.0</v>
+      </c>
+      <c r="S13" s="7">
+        <v>444.0</v>
+      </c>
+      <c r="T13" s="7">
+        <v>426.0</v>
+      </c>
+      <c r="U13" s="7">
+        <v>475.0</v>
       </c>
     </row>
     <row r="14" spans="1:21">
-      <c r="A14" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" s="9">
+        <v>-17999.0</v>
+      </c>
+      <c r="C14" s="9">
+        <v>-16369.0</v>
+      </c>
+      <c r="D14" s="9">
+        <v>-17421.0</v>
+      </c>
+      <c r="E14" s="9">
+        <v>-15640.0</v>
+      </c>
+      <c r="F14" s="9">
+        <v>-17932.0</v>
+      </c>
+      <c r="G14" s="9">
+        <v>-14987.0</v>
+      </c>
+      <c r="H14" s="9">
+        <v>-15992.0</v>
+      </c>
+      <c r="I14" s="9">
+        <v>-15202.0</v>
+      </c>
+      <c r="J14" s="9">
+        <v>-16579.0</v>
+      </c>
+      <c r="K14" s="9">
+        <v>-14830.0</v>
+      </c>
+      <c r="L14" s="9">
+        <v>-14603.0</v>
+      </c>
+      <c r="M14" s="9">
+        <v>-13080.0</v>
+      </c>
+      <c r="N14" s="9">
+        <v>-16689.0</v>
+      </c>
+      <c r="O14" s="9">
+        <v>-14463.0</v>
+      </c>
+      <c r="P14" s="9">
+        <v>-13490.0</v>
+      </c>
+      <c r="Q14" s="9">
+        <v>-13055.0</v>
+      </c>
+      <c r="R14" s="9">
+        <v>-15307.0</v>
+      </c>
+      <c r="S14" s="9">
+        <v>-13726.0</v>
+      </c>
+      <c r="T14" s="9">
+        <v>-14878.0</v>
+      </c>
+      <c r="U14" s="9">
+        <v>-14072.0</v>
       </c>
     </row>
     <row r="15" spans="1:21">
-      <c r="A15" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B15" s="9">
+        <v>2322.0</v>
+      </c>
+      <c r="C15" s="9">
+        <v>2240.0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>734.0</v>
+      </c>
+      <c r="E15" s="9">
+        <v>2323.0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>690.0</v>
+      </c>
+      <c r="G15" s="9">
+        <v>2117.0</v>
+      </c>
+      <c r="H15" s="9">
+        <v>2130.0</v>
+      </c>
+      <c r="I15" s="9">
+        <v>1993.0</v>
+      </c>
+      <c r="J15" s="9">
+        <v>2295.0</v>
+      </c>
+      <c r="K15" s="9">
+        <v>2048.0</v>
+      </c>
+      <c r="L15" s="9">
+        <v>2090.0</v>
+      </c>
+      <c r="M15" s="9">
+        <v>2046.0</v>
+      </c>
+      <c r="N15" s="9">
+        <v>2302.0</v>
+      </c>
+      <c r="O15" s="9">
+        <v>2120.0</v>
+      </c>
+      <c r="P15" s="9">
+        <v>1956.0</v>
+      </c>
+      <c r="Q15" s="9">
+        <v>1909.0</v>
+      </c>
+      <c r="R15" s="9">
+        <v>2422.0</v>
+      </c>
+      <c r="S15" s="9">
+        <v>2302.0</v>
+      </c>
+      <c r="T15" s="9">
+        <v>2151.0</v>
+      </c>
+      <c r="U15" s="9">
+        <v>2186.0</v>
       </c>
     </row>
     <row r="16" spans="1:21">
-      <c r="A16" s="11" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="B16" s="7">
+        <v>9.0</v>
+      </c>
+      <c r="C16" s="7">
+        <v>40.0</v>
+      </c>
+      <c r="D16" s="7">
+        <v>14.0</v>
+      </c>
+      <c r="E16" s="7">
+        <v>49.0</v>
+      </c>
+      <c r="F16" s="7">
+        <v>6.0</v>
+      </c>
+      <c r="G16" s="7">
+        <v>23.0</v>
+      </c>
+      <c r="H16" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="I16" s="7">
+        <v>36.0</v>
+      </c>
+      <c r="J16" s="7">
+        <v>-2.0</v>
+      </c>
+      <c r="K16" s="7">
+        <v>-6.0</v>
+      </c>
+      <c r="L16" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="M16" s="7">
+        <v>-9.0</v>
+      </c>
+      <c r="N16" s="7">
+        <v>-9.0</v>
+      </c>
+      <c r="O16" s="7">
+        <v>39.0</v>
+      </c>
+      <c r="P16" s="7">
+        <v>7.0</v>
+      </c>
+      <c r="Q16" s="7">
+        <v>24.0</v>
+      </c>
+      <c r="R16" s="7">
+        <v>33.0</v>
+      </c>
+      <c r="S16" s="7">
+        <v>-8.0</v>
+      </c>
+      <c r="T16" s="7">
+        <v>41.0</v>
+      </c>
+      <c r="U16" s="7">
+        <v>-4.0</v>
       </c>
     </row>
     <row r="17" spans="1:21">
-      <c r="A17" s="9" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B17" s="9">
+        <v>2331.0</v>
+      </c>
+      <c r="C17" s="9">
+        <v>2280.0</v>
+      </c>
+      <c r="D17" s="9">
+        <v>748.0</v>
+      </c>
+      <c r="E17" s="9">
+        <v>2372.0</v>
+      </c>
+      <c r="F17" s="9">
+        <v>696.0</v>
+      </c>
+      <c r="G17" s="9">
+        <v>2140.0</v>
+      </c>
+      <c r="H17" s="9">
+        <v>2148.0</v>
+      </c>
+      <c r="I17" s="9">
+        <v>2029.0</v>
+      </c>
+      <c r="J17" s="9">
+        <v>2293.0</v>
+      </c>
+      <c r="K17" s="9">
+        <v>2042.0</v>
+      </c>
+      <c r="L17" s="9">
+        <v>2135.0</v>
+      </c>
+      <c r="M17" s="9">
+        <v>2037.0</v>
+      </c>
+      <c r="N17" s="9">
+        <v>2293.0</v>
+      </c>
+      <c r="O17" s="9">
+        <v>2159.0</v>
+      </c>
+      <c r="P17" s="9">
+        <v>1963.0</v>
+      </c>
+      <c r="Q17" s="9">
+        <v>1933.0</v>
+      </c>
+      <c r="R17" s="9">
+        <v>2455.0</v>
+      </c>
+      <c r="S17" s="9">
+        <v>2294.0</v>
+      </c>
+      <c r="T17" s="9">
+        <v>2192.0</v>
+      </c>
+      <c r="U17" s="9">
+        <v>2182.0</v>
       </c>
     </row>
     <row r="18" spans="1:21">
-      <c r="A18" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="7">
+        <v>-290.0</v>
+      </c>
+      <c r="C18" s="7">
+        <v>-286.0</v>
+      </c>
+      <c r="D18" s="7">
+        <v>-274.0</v>
+      </c>
+      <c r="E18" s="7">
+        <v>-268.0</v>
+      </c>
+      <c r="F18" s="7">
+        <v>-264.0</v>
+      </c>
+      <c r="G18" s="7">
+        <v>-256.0</v>
+      </c>
+      <c r="H18" s="7">
+        <v>-261.0</v>
+      </c>
+      <c r="I18" s="7">
+        <v>-255.0</v>
+      </c>
+      <c r="J18" s="7">
+        <v>-254.0</v>
+      </c>
+      <c r="K18" s="7">
+        <v>-237.0</v>
+      </c>
+      <c r="L18" s="7">
+        <v>-223.0</v>
+      </c>
+      <c r="M18" s="7">
+        <v>-202.0</v>
+      </c>
+      <c r="N18" s="7">
+        <v>-202.0</v>
+      </c>
+      <c r="O18" s="7">
+        <v>-145.0</v>
+      </c>
+      <c r="P18" s="7">
+        <v>-141.0</v>
+      </c>
+      <c r="Q18" s="7">
+        <v>-135.0</v>
+      </c>
+      <c r="R18" s="7">
+        <v>-146.0</v>
+      </c>
+      <c r="S18" s="7">
+        <v>-141.0</v>
+      </c>
+      <c r="T18" s="7">
+        <v>-142.0</v>
+      </c>
+      <c r="U18" s="7">
+        <v>-140.0</v>
       </c>
     </row>
     <row r="19" spans="1:21">
-      <c r="A19" s="9" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19" s="7">
+        <v>-578.0</v>
+      </c>
+      <c r="C19" s="7">
+        <v>-99.0</v>
+      </c>
+      <c r="D19" s="7">
+        <v>-99.0</v>
+      </c>
+      <c r="E19" s="7">
+        <v>-98.0</v>
+      </c>
+      <c r="F19" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="G19" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="H19" s="7">
+        <v>15.0</v>
+      </c>
+      <c r="I19" s="7">
+        <v>16.0</v>
+      </c>
+      <c r="J19" s="7">
+        <v>111.0</v>
+      </c>
+      <c r="K19" s="7">
+        <v>111.0</v>
+      </c>
+      <c r="L19" s="7">
+        <v>111.0</v>
+      </c>
+      <c r="M19" s="7">
+        <v>110.0</v>
+      </c>
+      <c r="N19" s="7">
+        <v>109.0</v>
+      </c>
+      <c r="O19" s="7">
+        <v>111.0</v>
+      </c>
+      <c r="P19" s="7">
+        <v>-1331.0</v>
+      </c>
+      <c r="Q19" s="7">
+        <v>140.0</v>
+      </c>
+      <c r="R19" s="7">
+        <v>93.0</v>
+      </c>
+      <c r="S19" s="7">
+        <v>-1572.0</v>
+      </c>
+      <c r="T19" s="7">
+        <v>94.0</v>
+      </c>
+      <c r="U19" s="7">
+        <v>93.0</v>
       </c>
     </row>
     <row r="20" spans="1:21">
-      <c r="A20" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A20" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" s="7">
+        <v>68.0</v>
+      </c>
+      <c r="C20" s="7">
+        <v>43.0</v>
+      </c>
+      <c r="D20" s="7">
+        <v>42.0</v>
+      </c>
+      <c r="E20" s="7">
+        <v>30.0</v>
+      </c>
+      <c r="F20" s="7">
+        <v>72.0</v>
+      </c>
+      <c r="G20" s="7">
+        <v>18.0</v>
+      </c>
+      <c r="H20" s="7">
+        <v>46.0</v>
+      </c>
+      <c r="I20" s="7">
+        <v>45.0</v>
+      </c>
+      <c r="J20" s="7">
+        <v>-5.0</v>
+      </c>
+      <c r="K20" s="7">
+        <v>37.0</v>
+      </c>
+      <c r="L20" s="7">
+        <v>-17.0</v>
+      </c>
+      <c r="M20" s="7">
+        <v>49.0</v>
+      </c>
+      <c r="N20" s="7">
+        <v>-10.0</v>
+      </c>
+      <c r="O20" s="7">
+        <v>-26.0</v>
+      </c>
+      <c r="P20" s="7">
+        <v>-161.0</v>
+      </c>
+      <c r="Q20" s="7">
+        <v>123.0</v>
+      </c>
+      <c r="R20" s="7">
+        <v>88.0</v>
+      </c>
+      <c r="S20" s="7">
+        <v>98.0</v>
+      </c>
+      <c r="T20" s="7">
+        <v>26.0</v>
+      </c>
+      <c r="U20" s="7">
+        <v>76.0</v>
       </c>
     </row>
     <row r="21" spans="1:21">
-      <c r="A21" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A21" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="B21" s="9">
+        <v>1531.0</v>
+      </c>
+      <c r="C21" s="9">
+        <v>1938.0</v>
+      </c>
+      <c r="D21" s="9">
+        <v>417.0</v>
+      </c>
+      <c r="E21" s="9">
+        <v>2036.0</v>
+      </c>
+      <c r="F21" s="9">
+        <v>519.0</v>
+      </c>
+      <c r="G21" s="9">
+        <v>1918.0</v>
+      </c>
+      <c r="H21" s="9">
+        <v>1948.0</v>
+      </c>
+      <c r="I21" s="9">
+        <v>1835.0</v>
+      </c>
+      <c r="J21" s="9">
+        <v>2145.0</v>
+      </c>
+      <c r="K21" s="9">
+        <v>1953.0</v>
+      </c>
+      <c r="L21" s="9">
+        <v>2006.0</v>
+      </c>
+      <c r="M21" s="9">
+        <v>1994.0</v>
+      </c>
+      <c r="N21" s="9">
+        <v>2190.0</v>
+      </c>
+      <c r="O21" s="9">
+        <v>2099.0</v>
+      </c>
+      <c r="P21" s="9">
+        <v>330.0</v>
+      </c>
+      <c r="Q21" s="9">
+        <v>2061.0</v>
+      </c>
+      <c r="R21" s="9">
+        <v>2490.0</v>
+      </c>
+      <c r="S21" s="9">
+        <v>679.0</v>
+      </c>
+      <c r="T21" s="9">
+        <v>2170.0</v>
+      </c>
+      <c r="U21" s="9">
+        <v>2211.0</v>
       </c>
     </row>
     <row r="22" spans="1:21">
-      <c r="A22" s="7" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A22" s="6" t="s">
+        <v>18</v>
+      </c>
+      <c r="B22" s="7">
+        <v>-187.0</v>
+      </c>
+      <c r="C22" s="7">
+        <v>-319.0</v>
+      </c>
+      <c r="D22" s="7">
+        <v>-75.0</v>
+      </c>
+      <c r="E22" s="7">
+        <v>-324.0</v>
+      </c>
+      <c r="F22" s="7">
+        <v>8.0</v>
+      </c>
+      <c r="G22" s="7">
+        <v>-295.0</v>
+      </c>
+      <c r="H22" s="7">
+        <v>-307.0</v>
+      </c>
+      <c r="I22" s="7">
+        <v>-290.0</v>
+      </c>
+      <c r="J22" s="7">
+        <v>-279.0</v>
+      </c>
+      <c r="K22" s="7">
+        <v>-269.0</v>
+      </c>
+      <c r="L22" s="7">
+        <v>-325.0</v>
+      </c>
+      <c r="M22" s="7">
+        <v>-305.0</v>
+      </c>
+      <c r="N22" s="7">
+        <v>-278.0</v>
+      </c>
+      <c r="O22" s="7">
+        <v>-321.0</v>
+      </c>
+      <c r="P22" s="7">
+        <v>-21.0</v>
+      </c>
+      <c r="Q22" s="7">
+        <v>-328.0</v>
+      </c>
+      <c r="R22" s="7">
+        <v>-441.0</v>
+      </c>
+      <c r="S22" s="7">
+        <v>-65.0</v>
+      </c>
+      <c r="T22" s="7">
+        <v>-355.0</v>
+      </c>
+      <c r="U22" s="7">
+        <v>-374.0</v>
       </c>
     </row>
     <row r="23" spans="1:21">
-      <c r="A23" s="9" t="s">
-[...60 lines deleted...]
-        <v>#N/A</v>
+      <c r="A23" s="11" t="s">
+        <v>19</v>
+      </c>
+      <c r="B23" s="9">
+        <v>1344.0</v>
+      </c>
+      <c r="C23" s="9">
+        <v>1619.0</v>
+      </c>
+      <c r="D23" s="9">
+        <v>342.0</v>
+      </c>
+      <c r="E23" s="9">
+        <v>1712.0</v>
+      </c>
+      <c r="F23" s="9">
+        <v>527.0</v>
+      </c>
+      <c r="G23" s="9">
+        <v>1623.0</v>
+      </c>
+      <c r="H23" s="9">
+        <v>1641.0</v>
+      </c>
+      <c r="I23" s="9">
+        <v>1545.0</v>
+      </c>
+      <c r="J23" s="9">
+        <v>1866.0</v>
+      </c>
+      <c r="K23" s="9">
+        <v>1684.0</v>
+      </c>
+      <c r="L23" s="9">
+        <v>1681.0</v>
+      </c>
+      <c r="M23" s="9">
+        <v>1689.0</v>
+      </c>
+      <c r="N23" s="9">
+        <v>1912.0</v>
+      </c>
+      <c r="O23" s="9">
+        <v>1778.0</v>
+      </c>
+      <c r="P23" s="9">
+        <v>309.0</v>
+      </c>
+      <c r="Q23" s="9">
+        <v>1733.0</v>
+      </c>
+      <c r="R23" s="9">
+        <v>2049.0</v>
+      </c>
+      <c r="S23" s="9">
+        <v>614.0</v>
+      </c>
+      <c r="T23" s="9">
+        <v>1815.0</v>
+      </c>
+      <c r="U23" s="9">
+        <v>1837.0</v>
       </c>
     </row>
     <row r="24" spans="1:21">
-      <c r="A24" s="7" t="s">
-[...64 lines deleted...]
-      <c r="A25" s="12" t="s">
+      <c r="A24" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="B25" s="10" t="e">
-[...83 lines deleted...]
-      <c r="U26" s="13"/>
+      <c r="B24" s="12"/>
+      <c r="C24" s="12"/>
+      <c r="D24" s="12"/>
+      <c r="E24" s="12"/>
+      <c r="F24" s="12"/>
+      <c r="G24" s="12"/>
+      <c r="H24" s="12"/>
+      <c r="I24" s="12"/>
+      <c r="J24" s="12"/>
+      <c r="K24" s="12"/>
+      <c r="L24" s="12"/>
+      <c r="M24" s="12"/>
+      <c r="N24" s="12"/>
+      <c r="O24" s="12"/>
+      <c r="P24" s="12"/>
+      <c r="Q24" s="12"/>
+      <c r="R24" s="12"/>
+      <c r="S24" s="12"/>
+      <c r="T24" s="12"/>
+      <c r="U24" s="12"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">