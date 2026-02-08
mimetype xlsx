--- v0 (2025-12-31)
+++ v1 (2026-02-08)
@@ -12,119 +12,107 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Cycle de fonctionnement" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
   <si>
     <t>Lowe’s Cos. Inc.</t>
   </si>
   <si>
     <t>Cycle de fonctionnement</t>
   </si>
   <si>
     <t>Données trimestrielles</t>
   </si>
   <si>
     <t>Nombre de jours</t>
   </si>
   <si>
     <t>Sélection de données financières</t>
   </si>
   <si>
     <t>Jours de rotation de l’inventaire</t>
   </si>
   <si>
     <t>Jours de rotation des comptes clients</t>
   </si>
   <si>
     <t>Taux d’activité à court terme</t>
   </si>
   <si>
     <t>Repères</t>
   </si>
   <si>
     <t>Cycle de fonctionnementConcurrents</t>
   </si>
   <si>
     <t>Home Depot Inc.</t>
   </si>
   <si>
     <t>TJX Cos. Inc.</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-40C]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0;-#,##0;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="9">
+  <fonts count="8">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -196,84 +184,83 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="15">
+  <cellXfs count="14">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="8" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -537,575 +524,570 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X18"/>
+  <dimension ref="A1:X16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="X18" sqref="X18"/>
+      <selection activeCell="X16" sqref="X16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
+    <row r="2" spans="1:24">
+      <c r="A2" s="2" t="s">
+        <v>1</v>
+      </c>
+    </row>
     <row r="3" spans="1:24">
-      <c r="A3" s="2" t="s">
+      <c r="A3" s="3" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:24">
+      <c r="A5" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6" spans="1:24">
+      <c r="A6" s="4"/>
+      <c r="B6" s="5">
+        <v>45961</v>
+      </c>
+      <c r="C6" s="5">
+        <v>45870</v>
+      </c>
+      <c r="D6" s="5">
+        <v>45779</v>
+      </c>
+      <c r="E6" s="5">
+        <v>45688</v>
+      </c>
+      <c r="F6" s="5">
+        <v>45597</v>
+      </c>
+      <c r="G6" s="5">
+        <v>45506</v>
+      </c>
+      <c r="H6" s="5">
+        <v>45415</v>
+      </c>
+      <c r="I6" s="5">
+        <v>45324</v>
+      </c>
+      <c r="J6" s="5">
+        <v>45233</v>
+      </c>
+      <c r="K6" s="5">
+        <v>45142</v>
+      </c>
+      <c r="L6" s="5">
+        <v>45051</v>
+      </c>
+      <c r="M6" s="5">
+        <v>44960</v>
+      </c>
+      <c r="N6" s="5">
+        <v>44862</v>
+      </c>
+      <c r="O6" s="5">
+        <v>44771</v>
+      </c>
+      <c r="P6" s="5">
+        <v>44680</v>
+      </c>
+      <c r="Q6" s="5">
+        <v>44589</v>
+      </c>
+      <c r="R6" s="5">
+        <v>44498</v>
+      </c>
+      <c r="S6" s="5">
+        <v>44407</v>
+      </c>
+      <c r="T6" s="5">
+        <v>44316</v>
+      </c>
+      <c r="U6" s="5">
+        <v>44225</v>
+      </c>
+      <c r="V6" s="5">
+        <v>44134</v>
+      </c>
+      <c r="W6" s="5">
+        <v>44043</v>
+      </c>
+      <c r="X6" s="5">
+        <v>43952</v>
+      </c>
+    </row>
+    <row r="7" spans="1:24" customHeight="1" ht="34.8">
+      <c r="A7" s="6" t="s">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8" spans="1:24">
+      <c r="A8" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B8" s="8">
+        <v>112.0</v>
+      </c>
+      <c r="C8" s="8">
+        <v>107.0</v>
+      </c>
+      <c r="D8" s="8">
+        <v>121.0</v>
+      </c>
+      <c r="E8" s="8">
+        <v>114.0</v>
+      </c>
+      <c r="F8" s="8">
+        <v>115.0</v>
+      </c>
+      <c r="G8" s="8">
+        <v>110.0</v>
+      </c>
+      <c r="H8" s="8">
+        <v>117.0</v>
+      </c>
+      <c r="I8" s="8">
+        <v>107.0</v>
+      </c>
+      <c r="J8" s="8">
+        <v>106.0</v>
+      </c>
+      <c r="K8" s="8">
+        <v>102.0</v>
+      </c>
+      <c r="L8" s="8">
+        <v>111.0</v>
+      </c>
+      <c r="M8" s="8">
+        <v>104.0</v>
+      </c>
+      <c r="N8" s="8">
+        <v>113.0</v>
+      </c>
+      <c r="O8" s="8">
+        <v>111.0</v>
+      </c>
+      <c r="P8" s="8">
+        <v>116.0</v>
+      </c>
+      <c r="Q8" s="8">
+        <v>100.0</v>
+      </c>
+      <c r="R8" s="8">
+        <v>96.0</v>
+      </c>
+      <c r="S8" s="8">
+        <v>100.0</v>
+      </c>
+      <c r="T8" s="8">
+        <v>106.0</v>
+      </c>
+      <c r="U8" s="8">
+        <v>98.0</v>
+      </c>
+      <c r="V8" s="8">
+        <v>100.0</v>
+      </c>
+      <c r="W8" s="8">
+        <v>94.0</v>
+      </c>
+      <c r="X8" s="8">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:24">
+      <c r="A9" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="B9" s="8">
+        <v>5.0</v>
+      </c>
+      <c r="C9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="D9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="E9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="F9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="G9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="H9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="I9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="J9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="K9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="L9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="M9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="N9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="O9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="P9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="Q9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="R9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="S9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="T9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="U9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="V9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="W9" s="8">
+        <v>0.0</v>
+      </c>
+      <c r="X9" s="8">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:24" customHeight="1" ht="34.8">
+      <c r="A10" s="6" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:24">
+      <c r="A11" s="9" t="s">
         <v>1</v>
       </c>
-    </row>
-[...237 lines deleted...]
-        <v>#N/A</v>
+      <c r="B11" s="10">
+        <v>117.0</v>
+      </c>
+      <c r="C11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="D11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="E11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="F11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="G11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="H11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="I11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="J11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="K11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="L11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="M11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="N11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="O11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="P11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="Q11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="R11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="S11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="T11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="U11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="V11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="W11" s="10">
+        <v>0.0</v>
+      </c>
+      <c r="X11" s="10">
+        <v>0.0</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="34.8">
-      <c r="A12" s="7" t="s">
+      <c r="A12" s="6" t="s">
         <v>8</v>
       </c>
     </row>
-    <row r="13" spans="1:24">
-[...74 lines deleted...]
-      <c r="A14" s="7" t="s">
+    <row r="13" spans="1:24" customHeight="1" ht="28.8">
+      <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
     </row>
-    <row r="15" spans="1:24" customHeight="1" ht="28.8">
+    <row r="14" spans="1:24">
+      <c r="A14" s="12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" s="8">
+        <v>101.0</v>
+      </c>
+      <c r="C14" s="8">
+        <v>95.0</v>
+      </c>
+      <c r="D14" s="8">
+        <v>100.0</v>
+      </c>
+      <c r="E14" s="8">
+        <v>92.0</v>
+      </c>
+      <c r="F14" s="8">
+        <v>99.0</v>
+      </c>
+      <c r="G14" s="8">
+        <v>96.0</v>
+      </c>
+      <c r="H14" s="8">
+        <v>91.0</v>
+      </c>
+      <c r="I14" s="8">
+        <v>83.0</v>
+      </c>
+      <c r="J14" s="8">
+        <v>90.0</v>
+      </c>
+      <c r="K14" s="8">
+        <v>91.0</v>
+      </c>
+      <c r="L14" s="8">
+        <v>99.0</v>
+      </c>
+      <c r="M14" s="8">
+        <v>95.0</v>
+      </c>
+      <c r="N14" s="8">
+        <v>99.0</v>
+      </c>
+      <c r="O14" s="8">
+        <v>101.0</v>
+      </c>
+      <c r="P14" s="8">
+        <v>100.0</v>
+      </c>
+      <c r="Q14" s="8">
+        <v>88.0</v>
+      </c>
+      <c r="R14" s="8">
+        <v>86.0</v>
+      </c>
+      <c r="S14" s="8">
+        <v>80.0</v>
+      </c>
+      <c r="T14" s="8">
+        <v>84.0</v>
+      </c>
+      <c r="U14" s="8">
+        <v>78.0</v>
+      </c>
+      <c r="V14" s="8">
+        <v>79.0</v>
+      </c>
+      <c r="W14" s="8">
+        <v>71.0</v>
+      </c>
+      <c r="X14" s="8">
+        <v>82.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:24">
       <c r="A15" s="12" t="s">
-        <v>10</v>
+        <v>11</v>
+      </c>
+      <c r="B15" s="8">
+        <v>88.0</v>
+      </c>
+      <c r="C15" s="8">
+        <v>71.0</v>
+      </c>
+      <c r="D15" s="8">
+        <v>70.0</v>
+      </c>
+      <c r="E15" s="8">
+        <v>64.0</v>
+      </c>
+      <c r="F15" s="8">
+        <v>82.0</v>
+      </c>
+      <c r="G15" s="8">
+        <v>64.0</v>
+      </c>
+      <c r="H15" s="8">
+        <v>63.0</v>
+      </c>
+      <c r="I15" s="8">
+        <v>61.0</v>
+      </c>
+      <c r="J15" s="8">
+        <v>85.0</v>
+      </c>
+      <c r="K15" s="8">
+        <v>70.0</v>
+      </c>
+      <c r="L15" s="8">
+        <v>69.0</v>
+      </c>
+      <c r="M15" s="8">
+        <v>63.0</v>
+      </c>
+      <c r="N15" s="8">
+        <v>90.0</v>
+      </c>
+      <c r="O15" s="8">
+        <v>76.0</v>
+      </c>
+      <c r="P15" s="8">
+        <v>76.0</v>
+      </c>
+      <c r="Q15" s="8">
+        <v>67.0</v>
+      </c>
+      <c r="R15" s="8">
+        <v>79.0</v>
+      </c>
+      <c r="S15" s="8">
+        <v>65.0</v>
+      </c>
+      <c r="T15" s="8">
+        <v>74.0</v>
+      </c>
+      <c r="U15" s="8">
+        <v>70.0</v>
+      </c>
+      <c r="V15" s="8">
+        <v>77.0</v>
+      </c>
+      <c r="W15" s="8">
+        <v>58.0</v>
+      </c>
+      <c r="X15" s="8">
+        <v>67.0</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="13" t="s">
-        <v>11</v>
-[...72 lines deleted...]
-      <c r="A17" s="13" t="s">
         <v>12</v>
       </c>
-      <c r="B17" s="9" t="e">
-[...95 lines deleted...]
-      <c r="X18" s="14"/>
+      <c r="B16" s="13"/>
+      <c r="C16" s="13"/>
+      <c r="D16" s="13"/>
+      <c r="E16" s="13"/>
+      <c r="F16" s="13"/>
+      <c r="G16" s="13"/>
+      <c r="H16" s="13"/>
+      <c r="I16" s="13"/>
+      <c r="J16" s="13"/>
+      <c r="K16" s="13"/>
+      <c r="L16" s="13"/>
+      <c r="M16" s="13"/>
+      <c r="N16" s="13"/>
+      <c r="O16" s="13"/>
+      <c r="P16" s="13"/>
+      <c r="Q16" s="13"/>
+      <c r="R16" s="13"/>
+      <c r="S16" s="13"/>
+      <c r="T16" s="13"/>
+      <c r="U16" s="13"/>
+      <c r="V16" s="13"/>
+      <c r="W16" s="13"/>
+      <c r="X16" s="13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">