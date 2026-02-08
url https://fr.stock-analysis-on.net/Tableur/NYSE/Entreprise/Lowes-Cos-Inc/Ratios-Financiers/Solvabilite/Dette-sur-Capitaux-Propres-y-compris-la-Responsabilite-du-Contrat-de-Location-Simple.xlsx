--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -825,66 +825,66 @@
       <c r="E16" s="11">
         <v>0.0</v>
       </c>
       <c r="F16" s="11">
         <v>18.24</v>
       </c>
       <c r="G16" s="11">
         <v>12.039999999999999</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="34.8">
       <c r="A17" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:7" customHeight="1" ht="28.8">
       <c r="A18" s="12" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="14">
-        <v>0.0</v>
+        <v>0.41</v>
       </c>
       <c r="C19" s="14">
         <v>0.52</v>
       </c>
       <c r="D19" s="14">
         <v>0.77</v>
       </c>
       <c r="E19" s="14">
         <v>1.06</v>
       </c>
       <c r="F19" s="14">
         <v>0.96</v>
       </c>
       <c r="G19" s="14">
-        <v>1.08</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" s="13" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="14">
         <v>9.38</v>
       </c>
       <c r="C20" s="14">
         <v>50.039999999999999</v>
       </c>
       <c r="D20" s="14">
         <v>32.24</v>
       </c>
       <c r="E20" s="14">
         <v>0.0</v>
       </c>
       <c r="F20" s="14">
         <v>13.16</v>
       </c>
       <c r="G20" s="14">
         <v>0.0</v>
       </c>
     </row>