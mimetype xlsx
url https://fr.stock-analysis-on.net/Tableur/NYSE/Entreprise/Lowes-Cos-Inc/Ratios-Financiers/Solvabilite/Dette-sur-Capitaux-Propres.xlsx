--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -744,66 +744,66 @@
       <c r="E13" s="10">
         <v>0.0</v>
       </c>
       <c r="F13" s="10">
         <v>15.16</v>
       </c>
       <c r="G13" s="10">
         <v>9.79</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="34.8">
       <c r="A14" s="5" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="15" spans="1:7" customHeight="1" ht="28.8">
       <c r="A15" s="11" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B16" s="13">
-        <v>0.0</v>
+        <v>0.2</v>
       </c>
       <c r="C16" s="13">
         <v>0.24</v>
       </c>
       <c r="D16" s="13">
         <v>0.39</v>
       </c>
       <c r="E16" s="13">
         <v>0.59</v>
       </c>
       <c r="F16" s="13">
         <v>0.54</v>
       </c>
       <c r="G16" s="13">
-        <v>0.66</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="13">
         <v>8.039999999999999</v>
       </c>
       <c r="C17" s="13">
         <v>42.25</v>
       </c>
       <c r="D17" s="13">
         <v>27.65</v>
       </c>
       <c r="E17" s="13">
         <v>0.0</v>
       </c>
       <c r="F17" s="13">
         <v>11.29</v>
       </c>
       <c r="G17" s="13">
         <v>0.0</v>
       </c>
     </row>