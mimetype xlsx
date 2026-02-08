--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1350,108 +1350,108 @@
     </row>
     <row r="18" spans="1:24" customHeight="1" ht="34.8">
       <c r="A18" s="6" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="19" spans="1:24" customHeight="1" ht="28.8">
       <c r="A19" s="13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B20" s="15">
         <v>0.0</v>
       </c>
       <c r="C20" s="15">
         <v>0.0</v>
       </c>
       <c r="D20" s="15">
         <v>0.0</v>
       </c>
       <c r="E20" s="15">
-        <v>0.0</v>
+        <v>0.21</v>
       </c>
       <c r="F20" s="15">
         <v>0.21</v>
       </c>
       <c r="G20" s="15">
         <v>0.22</v>
       </c>
       <c r="H20" s="15">
         <v>0.23</v>
       </c>
       <c r="I20" s="15">
         <v>0.24</v>
       </c>
       <c r="J20" s="15">
         <v>0.26</v>
       </c>
       <c r="K20" s="15">
         <v>0.27</v>
       </c>
       <c r="L20" s="15">
         <v>0.29</v>
       </c>
       <c r="M20" s="15">
         <v>0.29</v>
       </c>
       <c r="N20" s="15">
         <v>0.32</v>
       </c>
       <c r="O20" s="15">
         <v>0.32</v>
       </c>
       <c r="P20" s="15">
         <v>0.33</v>
       </c>
       <c r="Q20" s="15">
         <v>0.33</v>
       </c>
       <c r="R20" s="15">
         <v>0.34</v>
       </c>
       <c r="S20" s="15">
         <v>0.34</v>
       </c>
       <c r="T20" s="15">
         <v>0.32</v>
       </c>
       <c r="U20" s="15">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
       <c r="V20" s="15">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="W20" s="15">
-        <v>0.34</v>
+        <v>0.0</v>
       </c>
       <c r="X20" s="15">
-        <v>0.31</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="14" t="s">
         <v>16</v>
       </c>
       <c r="B21" s="15">
         <v>0.62</v>
       </c>
       <c r="C21" s="15">
         <v>0.61</v>
       </c>
       <c r="D21" s="15">
         <v>0.62</v>
       </c>
       <c r="E21" s="15">
         <v>0.65</v>
       </c>
       <c r="F21" s="15">
         <v>0.65</v>
       </c>
       <c r="G21" s="15">
         <v>0.67</v>
       </c>
       <c r="H21" s="15">