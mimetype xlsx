--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -995,51 +995,51 @@
       </c>
       <c r="E13" s="16">
         <v>6.379</v>
       </c>
       <c r="F13" s="16">
         <v>6.6228</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B14" s="16">
         <v>10.8651</v>
       </c>
       <c r="C14" s="16">
         <v>11.4284</v>
       </c>
       <c r="D14" s="16">
         <v>7.7557</v>
       </c>
       <c r="E14" s="16">
         <v>7.5094</v>
       </c>
       <c r="F14" s="16">
-        <v>8.352</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B15" s="16">
         <v>13.0594</v>
       </c>
       <c r="C15" s="16">
         <v>7.6268</v>
       </c>
       <c r="D15" s="16">
         <v>2.7276</v>
       </c>
       <c r="E15" s="16">
         <v>9.753</v>
       </c>
       <c r="F15" s="16">
         <v>9.1833</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="15" t="s">
         <v>24</v>
@@ -1276,51 +1276,51 @@
       </c>
       <c r="E16" s="16">
         <v>8.7343</v>
       </c>
       <c r="F16" s="16">
         <v>14.1918</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="15" t="s">
         <v>22</v>
       </c>
       <c r="B17" s="16">
         <v>6.5403</v>
       </c>
       <c r="C17" s="16">
         <v>6.9354</v>
       </c>
       <c r="D17" s="16">
         <v>4.8321</v>
       </c>
       <c r="E17" s="16">
         <v>5.4485</v>
       </c>
       <c r="F17" s="16">
-        <v>6.854</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="15" t="s">
         <v>23</v>
       </c>
       <c r="B18" s="16">
         <v>7.6259</v>
       </c>
       <c r="C18" s="16">
         <v>4.6255</v>
       </c>
       <c r="D18" s="16">
         <v>2.2043</v>
       </c>
       <c r="E18" s="16">
         <v>6.343</v>
       </c>
       <c r="F18" s="16">
         <v>15.2482</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="15" t="s">
         <v>24</v>