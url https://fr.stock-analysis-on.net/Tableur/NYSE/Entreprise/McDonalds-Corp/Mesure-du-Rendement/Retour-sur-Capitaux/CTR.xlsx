--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -714,63 +714,63 @@
     <row r="14" spans="1:6">
       <c r="A14" s="12" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="13">
         <v>0.1805</v>
       </c>
       <c r="C14" s="13">
         <v>0.3052</v>
       </c>
       <c r="D14" s="13">
         <v>0.2816</v>
       </c>
       <c r="E14" s="13">
         <v>0.5306</v>
       </c>
       <c r="F14" s="13">
         <v>0.3506</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="13">
-        <v>0.2518</v>
+        <v>0.2498</v>
       </c>
       <c r="C15" s="13">
-        <v>0.2438</v>
+        <v>0.2397</v>
       </c>
       <c r="D15" s="13">
-        <v>0.2595</v>
+        <v>0.262</v>
       </c>
       <c r="E15" s="13">
-        <v>0.2128</v>
+        <v>0.2054</v>
       </c>
       <c r="F15" s="13">
-        <v>-0.2706</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="13">
         <v>0.0</v>
       </c>
       <c r="C16" s="13">
         <v>0.0</v>
       </c>
       <c r="D16" s="13">
         <v>0.0</v>
       </c>
       <c r="E16" s="13">
         <v>0.0</v>
       </c>
       <c r="F16" s="13">
         <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>14</v>