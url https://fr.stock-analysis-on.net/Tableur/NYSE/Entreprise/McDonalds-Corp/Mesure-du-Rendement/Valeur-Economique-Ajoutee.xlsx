--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -22,54 +22,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Profit économique" sheetId="1" r:id="rId4"/>
     <sheet name="NOPAT" sheetId="2" r:id="rId5"/>
     <sheet name="Impôts d’exploitation décaissés" sheetId="3" r:id="rId6"/>
     <sheet name="Capital investi" sheetId="4" r:id="rId7"/>
     <sheet name="Ratio d’écart économique" sheetId="5" r:id="rId8"/>
     <sheet name="Ratio de marge bénéficiaire éc…" sheetId="6" r:id="rId9"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="55">
   <si>
     <t>McDonald’s Corp.</t>
   </si>
   <si>
     <t>Profit économiquecalcul</t>
   </si>
   <si>
     <t>en millions de dollars américains</t>
   </si>
   <si>
     <t>12 mois terminés le</t>
   </si>
   <si>
     <t>Bénéfice net d’exploitation après impôts (NOPAT)</t>
   </si>
   <si>
     <t>Coût du capital</t>
   </si>
   <si>
     <t>Capital investi</t>
   </si>
   <si>
     <t>Profit économique</t>
   </si>
   <si>
@@ -201,67 +198,58 @@
   <si>
     <t>Revenus</t>
   </si>
   <si>
     <t>Plus: Augmentation (diminution) des revenus reportés, des frais de franchise initiaux</t>
   </si>
   <si>
     <t>Revenus ajustés</t>
   </si>
   <si>
     <t>Ratio de marge bénéficiaire économique</t>
   </si>
   <si>
     <t>Ratio de marge bénéficiaire économiqueConcurrents</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-40C]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
   </numFmts>
-  <fonts count="8">
+  <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
-      <name val="Calibri"/>
-[...7 lines deleted...]
-      <color rgb="FFFF0000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="22"/>
       <color rgb="FF7E261B"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="17"/>
       <color rgb="FF757575"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -324,96 +312,95 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="20">
+  <cellXfs count="19">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="4"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
-    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
     </xf>
-    <xf xfId="0" fontId="4" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
+    <xf xfId="0" fontId="3" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
-    <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+    <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -702,1499 +689,1469 @@
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F13"/>
+  <dimension ref="A1:F11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F13" sqref="F13"/>
+      <selection activeCell="F11" sqref="F11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-      <c r="A3" s="2" t="s">
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+      <c r="A4" t="s">
         <v>2</v>
       </c>
     </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="C5" s="4">
+        <v>45291</v>
+      </c>
+      <c r="D5" s="4">
+        <v>44926</v>
+      </c>
+      <c r="E5" s="4">
+        <v>44561</v>
+      </c>
+      <c r="F5" s="4">
+        <v>44196</v>
+      </c>
+    </row>
     <row r="6" spans="1:6">
-      <c r="A6" t="s">
-        <v>3</v>
+      <c r="A6" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B6" s="6">
+        <v>9207.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>9274.0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>7131.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>8491.0</v>
+      </c>
+      <c r="F6" s="6">
+        <v>6162.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
-      <c r="A7" s="4" t="s">
-[...15 lines deleted...]
-        <v>44196</v>
+      <c r="A7" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="B7" s="7">
+        <v>0.1205</v>
+      </c>
+      <c r="C7" s="7">
+        <v>0.1191</v>
+      </c>
+      <c r="D7" s="7">
+        <v>0.1189</v>
+      </c>
+      <c r="E7" s="7">
+        <v>0.1146</v>
+      </c>
+      <c r="F7" s="7">
+        <v>0.11</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="6" t="s">
-[...19 lines deleted...]
-      <c r="A9" s="6" t="s">
+      <c r="A8" s="5" t="s">
         <v>6</v>
       </c>
-      <c r="B9" s="8" t="e">
-[...12 lines deleted...]
-        <v>#N/A</v>
+      <c r="B8" s="6">
+        <v>49627.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>50097.0</v>
+      </c>
+      <c r="D8" s="6">
+        <v>45461.0</v>
+      </c>
+      <c r="E8" s="6">
+        <v>47779.0</v>
+      </c>
+      <c r="F8" s="6">
+        <v>46817.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="6" t="s">
+      <c r="A10" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B10" s="7" t="e">
-[...16 lines deleted...]
-      <c r="A12" s="9" t="s">
+      <c r="B10" s="9">
+        <v>3225.0</v>
+      </c>
+      <c r="C10" s="9">
+        <v>3309.0</v>
+      </c>
+      <c r="D10" s="9">
+        <v>1727.0</v>
+      </c>
+      <c r="E10" s="9">
+        <v>3014.0</v>
+      </c>
+      <c r="F10" s="9">
+        <v>1012.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6">
+      <c r="A11" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="B12" s="10" t="e">
-[...23 lines deleted...]
-      <c r="F13" s="11"/>
+      <c r="B11" s="10"/>
+      <c r="C11" s="10"/>
+      <c r="D11" s="10"/>
+      <c r="E11" s="10"/>
+      <c r="F11" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F16"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F18" sqref="F18"/>
+      <selection activeCell="F16" sqref="F16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>9</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+      <c r="A4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="C5" s="4">
+        <v>45291</v>
+      </c>
+      <c r="D5" s="4">
+        <v>44926</v>
+      </c>
+      <c r="E5" s="4">
+        <v>44561</v>
+      </c>
+      <c r="F5" s="4">
+        <v>44196</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="5" t="s">
         <v>10</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>3</v>
+      <c r="B6" s="6">
+        <v>8223.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>8469.0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>6177.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>7545.0</v>
+      </c>
+      <c r="F6" s="6">
+        <v>4731.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
-      <c r="A7" s="4" t="s">
-[...15 lines deleted...]
-        <v>44196</v>
+      <c r="A7" s="11" t="s">
+        <v>11</v>
+      </c>
+      <c r="B7" s="6">
+        <v>-574.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>-686.0</v>
+      </c>
+      <c r="D7" s="6">
+        <v>-346.0</v>
+      </c>
+      <c r="E7" s="6">
+        <v>-428.0</v>
+      </c>
+      <c r="F7" s="6">
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="B8" s="6">
+        <v>-12.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>32.0</v>
+      </c>
+      <c r="D8" s="6">
+        <v>20.0</v>
+      </c>
+      <c r="E8" s="6">
+        <v>36.0</v>
+      </c>
+      <c r="F8" s="6">
+        <v>41.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="12" t="s">
-        <v>12</v>
-[...14 lines deleted...]
-        <v>#N/A</v>
+        <v>13</v>
+      </c>
+      <c r="B9" s="9">
+        <v>-586.0</v>
+      </c>
+      <c r="C9" s="9">
+        <v>-654.0</v>
+      </c>
+      <c r="D9" s="9">
+        <v>-326.0</v>
+      </c>
+      <c r="E9" s="9">
+        <v>-392.0</v>
+      </c>
+      <c r="F9" s="9">
+        <v>48.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="12" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="11" t="s">
+        <v>14</v>
+      </c>
+      <c r="B10" s="6">
+        <v>1506.0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>1361.0</v>
+      </c>
+      <c r="D10" s="6">
+        <v>1207.0</v>
+      </c>
+      <c r="E10" s="6">
+        <v>1186.0</v>
+      </c>
+      <c r="F10" s="6">
+        <v>1218.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
-      <c r="A11" s="13" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="11" t="s">
+        <v>15</v>
+      </c>
+      <c r="B11" s="6">
+        <v>481.0</v>
+      </c>
+      <c r="C11" s="6">
+        <v>487.0</v>
+      </c>
+      <c r="D11" s="6">
+        <v>413.0</v>
+      </c>
+      <c r="E11" s="6">
+        <v>508.0</v>
+      </c>
+      <c r="F11" s="6">
+        <v>533.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="12" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" s="9">
+        <v>1987.0</v>
+      </c>
+      <c r="C12" s="9">
+        <v>1848.0</v>
+      </c>
+      <c r="D12" s="9">
+        <v>1620.0</v>
+      </c>
+      <c r="E12" s="9">
+        <v>1694.0</v>
+      </c>
+      <c r="F12" s="9">
+        <v>1751.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" s="12" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" s="6">
+        <v>-417.0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>-388.0</v>
+      </c>
+      <c r="D13" s="6">
+        <v>-340.0</v>
+      </c>
+      <c r="E13" s="6">
+        <v>-356.0</v>
+      </c>
+      <c r="F13" s="6">
+        <v>-368.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="14" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="12" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" s="9">
+        <v>1570.0</v>
+      </c>
+      <c r="C14" s="9">
+        <v>1460.0</v>
+      </c>
+      <c r="D14" s="9">
+        <v>1280.0</v>
+      </c>
+      <c r="E14" s="9">
+        <v>1338.0</v>
+      </c>
+      <c r="F14" s="9">
+        <v>1383.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="12" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A15" s="8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" s="9">
+        <v>9207.0</v>
+      </c>
+      <c r="C15" s="9">
+        <v>9274.0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>7131.0</v>
+      </c>
+      <c r="E15" s="9">
+        <v>8491.0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>6162.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="13" t="s">
-[...46 lines deleted...]
-      <c r="F18" s="11"/>
+      <c r="A16" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" s="10"/>
+      <c r="C16" s="10"/>
+      <c r="D16" s="10"/>
+      <c r="E16" s="10"/>
+      <c r="F16" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F12"/>
+  <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F12" sqref="F12"/>
+      <selection activeCell="F10" sqref="F10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>19</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+      <c r="A4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="B5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="C5" s="4">
+        <v>45291</v>
+      </c>
+      <c r="D5" s="4">
+        <v>44926</v>
+      </c>
+      <c r="E5" s="4">
+        <v>44561</v>
+      </c>
+      <c r="F5" s="4">
+        <v>44196</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="5" t="s">
         <v>20</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>3</v>
+      <c r="B6" s="6">
+        <v>2121.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>2053.0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>1648.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>1583.0</v>
+      </c>
+      <c r="F6" s="6">
+        <v>1410.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
-      <c r="A7" s="4" t="s">
-[...15 lines deleted...]
-        <v>44196</v>
+      <c r="A7" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B7" s="6">
+        <v>-574.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>-686.0</v>
+      </c>
+      <c r="D7" s="6">
+        <v>-346.0</v>
+      </c>
+      <c r="E7" s="6">
+        <v>-428.0</v>
+      </c>
+      <c r="F7" s="6">
+        <v>6.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" s="6">
+        <v>417.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>388.0</v>
+      </c>
+      <c r="D8" s="6">
+        <v>340.0</v>
+      </c>
+      <c r="E8" s="6">
+        <v>356.0</v>
+      </c>
+      <c r="F8" s="6">
+        <v>368.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B9" s="9">
+        <v>3112.0</v>
+      </c>
+      <c r="C9" s="9">
+        <v>3128.0</v>
+      </c>
+      <c r="D9" s="9">
+        <v>2334.0</v>
+      </c>
+      <c r="E9" s="9">
+        <v>2367.0</v>
+      </c>
+      <c r="F9" s="9">
+        <v>1772.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="6" t="s">
-[...46 lines deleted...]
-      <c r="F12" s="11"/>
+      <c r="A10" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" s="10"/>
+      <c r="C10" s="10"/>
+      <c r="D10" s="10"/>
+      <c r="E10" s="10"/>
+      <c r="F10" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F22"/>
+  <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F22" sqref="F22"/>
+      <selection activeCell="F20" sqref="F20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>24</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+      <c r="A4" t="s">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6">
+      <c r="A5" s="3"/>
+      <c r="B5" s="4">
+        <v>45657</v>
+      </c>
+      <c r="C5" s="4">
+        <v>45291</v>
+      </c>
+      <c r="D5" s="4">
+        <v>44926</v>
+      </c>
+      <c r="E5" s="4">
+        <v>44561</v>
+      </c>
+      <c r="F5" s="4">
+        <v>44196</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="5" t="s">
         <v>25</v>
       </c>
-    </row>
-[...2 lines deleted...]
-        <v>3</v>
+      <c r="B6" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>2192.0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F6" s="6">
+        <v>2244.0</v>
       </c>
     </row>
     <row r="7" spans="1:6">
-      <c r="A7" s="4"/>
-[...13 lines deleted...]
-        <v>44196</v>
+      <c r="A7" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="B7" s="6">
+        <v>11.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>46.0</v>
+      </c>
+      <c r="D7" s="6">
+        <v>22.0</v>
+      </c>
+      <c r="E7" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F7" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A8" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="B8" s="6">
+        <v>38424.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>37153.0</v>
+      </c>
+      <c r="D8" s="6">
+        <v>35904.0</v>
+      </c>
+      <c r="E8" s="6">
+        <v>35623.0</v>
+      </c>
+      <c r="F8" s="6">
+        <v>35197.0</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A9" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" s="6">
+        <v>1770.0</v>
+      </c>
+      <c r="C9" s="6">
+        <v>1530.0</v>
+      </c>
+      <c r="D9" s="6">
+        <v>1300.0</v>
+      </c>
+      <c r="E9" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F9" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A10" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="B10" s="6">
+        <v>11743.0</v>
+      </c>
+      <c r="C10" s="6">
+        <v>12170.0</v>
+      </c>
+      <c r="D10" s="6">
+        <v>11474.0</v>
+      </c>
+      <c r="E10" s="6">
+        <v>13726.0</v>
+      </c>
+      <c r="F10" s="6">
+        <v>14023.0</v>
       </c>
     </row>
     <row r="11" spans="1:6">
-      <c r="A11" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A11" s="14" t="s">
+        <v>30</v>
+      </c>
+      <c r="B11" s="9">
+        <v>51948.0</v>
+      </c>
+      <c r="C11" s="9">
+        <v>53091.0</v>
+      </c>
+      <c r="D11" s="9">
+        <v>48699.0</v>
+      </c>
+      <c r="E11" s="9">
+        <v>49349.0</v>
+      </c>
+      <c r="F11" s="9">
+        <v>51463.0</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A12" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="B12" s="6">
+        <v>-3797.0</v>
+      </c>
+      <c r="C12" s="6">
+        <v>-4707.0</v>
+      </c>
+      <c r="D12" s="6">
+        <v>-6003.0</v>
+      </c>
+      <c r="E12" s="6">
+        <v>-4601.0</v>
+      </c>
+      <c r="F12" s="6">
+        <v>-7825.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" s="15" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A13" s="11" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="6">
+        <v>-1629.0</v>
+      </c>
+      <c r="C13" s="6">
+        <v>-1342.0</v>
+      </c>
+      <c r="D13" s="6">
+        <v>-480.0</v>
+      </c>
+      <c r="E13" s="6">
+        <v>-281.0</v>
+      </c>
+      <c r="F13" s="6">
+        <v>-110.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A14" s="11" t="s">
+        <v>33</v>
+      </c>
+      <c r="B14" s="6">
+        <v>778.0</v>
+      </c>
+      <c r="C14" s="6">
+        <v>790.0</v>
+      </c>
+      <c r="D14" s="6">
+        <v>758.0</v>
+      </c>
+      <c r="E14" s="6">
+        <v>738.0</v>
+      </c>
+      <c r="F14" s="6">
+        <v>702.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="12" t="s">
-        <v>33</v>
-[...14 lines deleted...]
-        <v>#N/A</v>
+        <v>34</v>
+      </c>
+      <c r="B15" s="9">
+        <v>-851.0</v>
+      </c>
+      <c r="C15" s="9">
+        <v>-552.0</v>
+      </c>
+      <c r="D15" s="9">
+        <v>278.0</v>
+      </c>
+      <c r="E15" s="9">
+        <v>457.0</v>
+      </c>
+      <c r="F15" s="9">
+        <v>592.0</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="12" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A16" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B16" s="6">
+        <v>2553.0</v>
+      </c>
+      <c r="C16" s="6">
+        <v>2456.0</v>
+      </c>
+      <c r="D16" s="6">
+        <v>2487.0</v>
+      </c>
+      <c r="E16" s="6">
+        <v>2574.0</v>
+      </c>
+      <c r="F16" s="6">
+        <v>2587.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="13" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A17" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" s="9">
+        <v>-2095.0</v>
+      </c>
+      <c r="C17" s="9">
+        <v>-2803.0</v>
+      </c>
+      <c r="D17" s="9">
+        <v>-3238.0</v>
+      </c>
+      <c r="E17" s="9">
+        <v>-1570.0</v>
+      </c>
+      <c r="F17" s="9">
+        <v>-4646.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
-      <c r="A18" s="6" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A18" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="B18" s="6">
+        <v>-226.0</v>
+      </c>
+      <c r="C18" s="6">
+        <v>-192.0</v>
+      </c>
+      <c r="D18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="E18" s="6">
+        <v>0.0</v>
+      </c>
+      <c r="F18" s="6">
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:6">
-      <c r="A19" s="15" t="s">
-[...15 lines deleted...]
-        <v>#N/A</v>
+      <c r="A19" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="B19" s="9">
+        <v>49627.0</v>
+      </c>
+      <c r="C19" s="9">
+        <v>50097.0</v>
+      </c>
+      <c r="D19" s="9">
+        <v>45461.0</v>
+      </c>
+      <c r="E19" s="9">
+        <v>47779.0</v>
+      </c>
+      <c r="F19" s="9">
+        <v>46817.0</v>
       </c>
     </row>
     <row r="20" spans="1:6">
-      <c r="A20" s="6" t="s">
-[...46 lines deleted...]
-      <c r="F22" s="11"/>
+      <c r="A20" s="10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" s="10"/>
+      <c r="C20" s="10"/>
+      <c r="D20" s="10"/>
+      <c r="E20" s="10"/>
+      <c r="F20" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F19"/>
+  <dimension ref="A1:F17"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F19" sqref="F19"/>
+      <selection activeCell="F17" sqref="F17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>38</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="D4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44561</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44196</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="15" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="6" spans="1:6">
-      <c r="A6" s="4"/>
-[...17 lines deleted...]
-      <c r="A7" s="16" t="s">
+      <c r="A6" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="6">
+        <v>3225.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>3309.0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>1727.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>3014.0</v>
+      </c>
+      <c r="F6" s="6">
+        <v>1012.0</v>
+      </c>
+    </row>
+    <row r="7" spans="1:6">
+      <c r="A7" s="11" t="s">
+        <v>6</v>
+      </c>
+      <c r="B7" s="6">
+        <v>49627.0</v>
+      </c>
+      <c r="C7" s="6">
+        <v>50097.0</v>
+      </c>
+      <c r="D7" s="6">
+        <v>45461.0</v>
+      </c>
+      <c r="E7" s="6">
+        <v>47779.0</v>
+      </c>
+      <c r="F7" s="6">
+        <v>46817.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A8" s="15" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="8" spans="1:6">
-      <c r="A8" s="12" t="s">
+    <row r="9" spans="1:6">
+      <c r="A9" s="14" t="s">
+        <v>41</v>
+      </c>
+      <c r="B9" s="16">
+        <v>0.065</v>
+      </c>
+      <c r="C9" s="16">
+        <v>0.066</v>
+      </c>
+      <c r="D9" s="16">
+        <v>0.038</v>
+      </c>
+      <c r="E9" s="16">
+        <v>0.0631</v>
+      </c>
+      <c r="F9" s="16">
+        <v>0.0216</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A10" s="15" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="17" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="B12" s="7">
+        <v>0.245</v>
+      </c>
+      <c r="C12" s="7">
+        <v>0.1006</v>
+      </c>
+      <c r="D12" s="7">
+        <v>0.1149</v>
+      </c>
+      <c r="E12" s="7">
+        <v>-0.1077</v>
+      </c>
+      <c r="F12" s="7">
+        <v>-1.1708</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B13" s="7">
+        <v>0.2697</v>
+      </c>
+      <c r="C13" s="7">
+        <v>0.1252</v>
+      </c>
+      <c r="D13" s="7">
+        <v>0.0171</v>
+      </c>
+      <c r="E13" s="7">
+        <v>-0.1577</v>
+      </c>
+      <c r="F13" s="7">
+        <v>-0.1538</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B14" s="7">
+        <v>0.0867</v>
+      </c>
+      <c r="C14" s="7">
+        <v>0.0709</v>
+      </c>
+      <c r="D14" s="7">
+        <v>0.0289</v>
+      </c>
+      <c r="E14" s="7">
+        <v>-0.016</v>
+      </c>
+      <c r="F14" s="7">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B15" s="7">
+        <v>-0.2641</v>
+      </c>
+      <c r="C15" s="7">
+        <v>-0.3885</v>
+      </c>
+      <c r="D15" s="7">
+        <v>-0.5263</v>
+      </c>
+      <c r="E15" s="7">
+        <v>-0.3914</v>
+      </c>
+      <c r="F15" s="7">
+        <v>-0.3485</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B16" s="7">
+        <v>0.0355</v>
+      </c>
+      <c r="C16" s="7">
+        <v>0.0525</v>
+      </c>
+      <c r="D16" s="7">
+        <v>0.0285</v>
+      </c>
+      <c r="E16" s="7">
+        <v>0.0411</v>
+      </c>
+      <c r="F16" s="7">
+        <v>-0.0845</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="7" t="e">
-[...178 lines deleted...]
-      <c r="F19" s="11"/>
+      <c r="B17" s="10"/>
+      <c r="C17" s="10"/>
+      <c r="D17" s="10"/>
+      <c r="E17" s="10"/>
+      <c r="F17" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F22"/>
+  <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F22" sqref="F22"/>
+      <selection activeCell="F20" sqref="F20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
-    <row r="3" spans="1:6">
-[...1 lines deleted...]
-        <v>1</v>
+    <row r="2" spans="1:6">
+      <c r="A2" s="2" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="4" spans="1:6">
-      <c r="A4" s="3" t="s">
+      <c r="A4" s="3"/>
+      <c r="B4" s="4">
+        <v>45657</v>
+      </c>
+      <c r="C4" s="4">
+        <v>45291</v>
+      </c>
+      <c r="D4" s="4">
+        <v>44926</v>
+      </c>
+      <c r="E4" s="4">
+        <v>44561</v>
+      </c>
+      <c r="F4" s="4">
+        <v>44196</v>
+      </c>
+    </row>
+    <row r="5" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A5" s="15" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="6" spans="1:6">
+      <c r="A6" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="B6" s="6">
+        <v>3225.0</v>
+      </c>
+      <c r="C6" s="6">
+        <v>3309.0</v>
+      </c>
+      <c r="D6" s="6">
+        <v>1727.0</v>
+      </c>
+      <c r="E6" s="6">
+        <v>3014.0</v>
+      </c>
+      <c r="F6" s="6">
+        <v>1012.0</v>
+      </c>
+    </row>
+    <row r="8" spans="1:6">
+      <c r="A8" s="11" t="s">
         <v>50</v>
       </c>
-    </row>
-[...19 lines deleted...]
-      <c r="A7" s="16" t="s">
+      <c r="B8" s="6">
+        <v>25920.0</v>
+      </c>
+      <c r="C8" s="6">
+        <v>25494.0</v>
+      </c>
+      <c r="D8" s="6">
+        <v>23183.0</v>
+      </c>
+      <c r="E8" s="6">
+        <v>23223.0</v>
+      </c>
+      <c r="F8" s="6">
+        <v>19208.0</v>
+      </c>
+    </row>
+    <row r="9" spans="1:6">
+      <c r="A9" s="11" t="s">
+        <v>51</v>
+      </c>
+      <c r="B9" s="6">
+        <v>-12.0</v>
+      </c>
+      <c r="C9" s="6">
+        <v>32.0</v>
+      </c>
+      <c r="D9" s="6">
+        <v>20.0</v>
+      </c>
+      <c r="E9" s="6">
+        <v>36.0</v>
+      </c>
+      <c r="F9" s="6">
+        <v>41.0</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="B10" s="9">
+        <v>25908.0</v>
+      </c>
+      <c r="C10" s="9">
+        <v>25526.0</v>
+      </c>
+      <c r="D10" s="9">
+        <v>23202.0</v>
+      </c>
+      <c r="E10" s="9">
+        <v>23259.0</v>
+      </c>
+      <c r="F10" s="9">
+        <v>19249.0</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A11" s="15" t="s">
         <v>40</v>
       </c>
     </row>
-    <row r="8" spans="1:6">
-      <c r="A8" s="12" t="s">
+    <row r="12" spans="1:6">
+      <c r="A12" s="14" t="s">
+        <v>53</v>
+      </c>
+      <c r="B12" s="16">
+        <v>0.1245</v>
+      </c>
+      <c r="C12" s="16">
+        <v>0.1296</v>
+      </c>
+      <c r="D12" s="16">
+        <v>0.0744</v>
+      </c>
+      <c r="E12" s="16">
+        <v>0.1296</v>
+      </c>
+      <c r="F12" s="16">
+        <v>0.0526</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A13" s="15" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A14" s="17" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="18" t="s">
+        <v>44</v>
+      </c>
+      <c r="B15" s="7">
+        <v>0.1327</v>
+      </c>
+      <c r="C15" s="7">
+        <v>0.0577</v>
+      </c>
+      <c r="D15" s="7">
+        <v>0.0907</v>
+      </c>
+      <c r="E15" s="7">
+        <v>-0.0969</v>
+      </c>
+      <c r="F15" s="7">
+        <v>-1.7926</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="18" t="s">
+        <v>45</v>
+      </c>
+      <c r="B16" s="7">
+        <v>0.1474</v>
+      </c>
+      <c r="C16" s="7">
+        <v>0.0669</v>
+      </c>
+      <c r="D16" s="7">
+        <v>0.0137</v>
+      </c>
+      <c r="E16" s="7">
+        <v>-0.216</v>
+      </c>
+      <c r="F16" s="7">
+        <v>-0.3296</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="18" t="s">
+        <v>46</v>
+      </c>
+      <c r="B17" s="7">
+        <v>0.0522</v>
+      </c>
+      <c r="C17" s="7">
+        <v>0.043</v>
+      </c>
+      <c r="D17" s="7">
+        <v>0.018</v>
+      </c>
+      <c r="E17" s="7">
+        <v>-0.0116</v>
+      </c>
+      <c r="F17" s="7">
+        <v>0.0</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="18" t="s">
+        <v>47</v>
+      </c>
+      <c r="B18" s="7">
+        <v>-0.1542</v>
+      </c>
+      <c r="C18" s="7">
+        <v>-0.2356</v>
+      </c>
+      <c r="D18" s="7">
+        <v>-0.4253</v>
+      </c>
+      <c r="E18" s="7">
+        <v>-0.2545</v>
+      </c>
+      <c r="F18" s="7">
+        <v>-0.5786</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="18" t="s">
+        <v>48</v>
+      </c>
+      <c r="B19" s="7">
+        <v>0.0231</v>
+      </c>
+      <c r="C19" s="7">
+        <v>0.0325</v>
+      </c>
+      <c r="D19" s="7">
+        <v>0.0182</v>
+      </c>
+      <c r="E19" s="7">
+        <v>0.0335</v>
+      </c>
+      <c r="F19" s="7">
+        <v>-0.0823</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="B8" s="7" t="e">
-[...218 lines deleted...]
-      <c r="F22" s="11"/>
+      <c r="B20" s="10"/>
+      <c r="C20" s="10"/>
+      <c r="D20" s="10"/>
+      <c r="E20" s="10"/>
+      <c r="F20" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">