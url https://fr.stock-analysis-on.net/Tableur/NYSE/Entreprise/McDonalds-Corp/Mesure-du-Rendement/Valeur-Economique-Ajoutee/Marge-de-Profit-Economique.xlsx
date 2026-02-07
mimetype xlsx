--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -737,63 +737,63 @@
     <row r="16" spans="1:6">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>0.1474</v>
       </c>
       <c r="C16" s="13">
         <v>0.0669</v>
       </c>
       <c r="D16" s="13">
         <v>0.0137</v>
       </c>
       <c r="E16" s="13">
         <v>-0.216</v>
       </c>
       <c r="F16" s="13">
         <v>-0.3296</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B17" s="13">
-        <v>0.0309</v>
+        <v>0.0522</v>
       </c>
       <c r="C17" s="13">
-        <v>0.0212</v>
+        <v>0.043</v>
       </c>
       <c r="D17" s="13">
-        <v>-0.0027</v>
+        <v>0.018</v>
       </c>
       <c r="E17" s="13">
-        <v>-0.0372</v>
+        <v>-0.0116</v>
       </c>
       <c r="F17" s="13">
-        <v>-0.0589</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="12" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="13">
         <v>-0.1542</v>
       </c>
       <c r="C18" s="13">
         <v>-0.2356</v>
       </c>
       <c r="D18" s="13">
         <v>-0.4253</v>
       </c>
       <c r="E18" s="13">
         <v>-0.2545</v>
       </c>
       <c r="F18" s="13">
         <v>-0.5786</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="12" t="s">
         <v>15</v>