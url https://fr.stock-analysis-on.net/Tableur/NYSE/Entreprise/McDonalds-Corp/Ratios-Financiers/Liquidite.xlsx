--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -893,51 +893,51 @@
       </c>
       <c r="E13" s="6">
         <v>2.1</v>
       </c>
       <c r="F13" s="6">
         <v>3.56</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B14" s="6">
         <v>1.52</v>
       </c>
       <c r="C14" s="6">
         <v>1.57</v>
       </c>
       <c r="D14" s="6">
         <v>1.28</v>
       </c>
       <c r="E14" s="6">
         <v>1.58</v>
       </c>
       <c r="F14" s="6">
-        <v>1.73</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B15" s="6">
         <v>1.66</v>
       </c>
       <c r="C15" s="6">
         <v>1.64</v>
       </c>
       <c r="D15" s="6">
         <v>1.86</v>
       </c>
       <c r="E15" s="6">
         <v>2.59</v>
       </c>
       <c r="F15" s="6">
         <v>3.94</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="14" t="s">
         <v>16</v>
@@ -1224,51 +1224,51 @@
       </c>
       <c r="E16" s="6">
         <v>2.0</v>
       </c>
       <c r="F16" s="6">
         <v>3.38</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="6">
         <v>1.34</v>
       </c>
       <c r="C17" s="6">
         <v>1.37</v>
       </c>
       <c r="D17" s="6">
         <v>1.09</v>
       </c>
       <c r="E17" s="6">
         <v>1.35</v>
       </c>
       <c r="F17" s="6">
-        <v>1.28</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B18" s="6">
         <v>1.41</v>
       </c>
       <c r="C18" s="6">
         <v>1.38</v>
       </c>
       <c r="D18" s="6">
         <v>1.54</v>
       </c>
       <c r="E18" s="6">
         <v>2.33</v>
       </c>
       <c r="F18" s="6">
         <v>3.67</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="14" t="s">
         <v>16</v>
@@ -1535,51 +1535,51 @@
       </c>
       <c r="E15" s="6">
         <v>1.79</v>
       </c>
       <c r="F15" s="6">
         <v>3.23</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="6">
         <v>1.22</v>
       </c>
       <c r="C16" s="6">
         <v>1.26</v>
       </c>
       <c r="D16" s="6">
         <v>0.98</v>
       </c>
       <c r="E16" s="6">
         <v>1.23</v>
       </c>
       <c r="F16" s="6">
-        <v>1.16</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="6">
         <v>1.25</v>
       </c>
       <c r="C17" s="6">
         <v>1.23</v>
       </c>
       <c r="D17" s="6">
         <v>1.38</v>
       </c>
       <c r="E17" s="6">
         <v>2.13</v>
       </c>
       <c r="F17" s="6">
         <v>3.47</v>
       </c>
     </row>
     <row r="18" spans="1:6">
       <c r="A18" s="14" t="s">
         <v>16</v>