--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -660,51 +660,51 @@
         <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
       <c r="A11" s="10" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
       <c r="B12" s="12">
         <v>169.50999999999999</v>
       </c>
       <c r="C12" s="12">
         <v>185.34</v>
       </c>
       <c r="D12" s="12">
         <v>184.27000000000001</v>
       </c>
       <c r="E12" s="12">
         <v>177.91</v>
       </c>
       <c r="F12" s="12">
-        <v>186.94</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="11" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="12">
         <v>14.89</v>
       </c>
       <c r="C13" s="12">
         <v>14.46</v>
       </c>
       <c r="D13" s="12">
         <v>10.97</v>
       </c>
       <c r="E13" s="12">
         <v>12.89</v>
       </c>
       <c r="F13" s="12">
         <v>11.9</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
       <c r="A14" s="10" t="s">
         <v>10</v>