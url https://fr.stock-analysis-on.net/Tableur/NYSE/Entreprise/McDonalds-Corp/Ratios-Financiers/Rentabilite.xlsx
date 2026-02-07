--- v0 (2026-02-07)
+++ v1 (2026-02-07)
@@ -959,51 +959,51 @@
       </c>
       <c r="E12" s="7">
         <v>0.8071</v>
       </c>
       <c r="F12" s="7">
         <v>0.7407</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B13" s="7">
         <v>0.2667</v>
       </c>
       <c r="C13" s="7">
         <v>0.262</v>
       </c>
       <c r="D13" s="7">
         <v>0.2388</v>
       </c>
       <c r="E13" s="7">
         <v>0.2262</v>
       </c>
       <c r="F13" s="7">
-        <v>0.174</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B14" s="7">
         <v>0.4831</v>
       </c>
       <c r="C14" s="7">
         <v>0.4686</v>
       </c>
       <c r="D14" s="7">
         <v>0.455</v>
       </c>
       <c r="E14" s="7">
         <v>0.5217</v>
       </c>
       <c r="F14" s="7">
         <v>0.526</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>19</v>
@@ -1200,51 +1200,51 @@
       </c>
       <c r="E13" s="7">
         <v>0.2278</v>
       </c>
       <c r="F13" s="7">
         <v>-0.0928</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="7">
         <v>0.1694</v>
       </c>
       <c r="C14" s="7">
         <v>0.1578</v>
       </c>
       <c r="D14" s="7">
         <v>0.1344</v>
       </c>
       <c r="E14" s="7">
         <v>0.1067</v>
       </c>
       <c r="F14" s="7">
-        <v>0.0485</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="7">
         <v>-0.0035</v>
       </c>
       <c r="C15" s="7">
         <v>-0.0671</v>
       </c>
       <c r="D15" s="7">
         <v>-0.1707</v>
       </c>
       <c r="E15" s="7">
         <v>-0.0925</v>
       </c>
       <c r="F15" s="7">
         <v>-0.1511</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>19</v>
@@ -1491,51 +1491,51 @@
       </c>
       <c r="E13" s="7">
         <v>0.1063</v>
       </c>
       <c r="F13" s="7">
         <v>0.0087</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="7">
         <v>0.1356</v>
       </c>
       <c r="C14" s="7">
         <v>0.1245</v>
       </c>
       <c r="D14" s="7">
         <v>0.1041</v>
       </c>
       <c r="E14" s="7">
         <v>0.0865</v>
       </c>
       <c r="F14" s="7">
-        <v>0.0594</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="7">
         <v>0.0115</v>
       </c>
       <c r="C15" s="7">
         <v>-0.0646</v>
       </c>
       <c r="D15" s="7">
         <v>-0.2074</v>
       </c>
       <c r="E15" s="7">
         <v>-0.0957</v>
       </c>
       <c r="F15" s="7">
         <v>-0.1597</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>19</v>
@@ -1782,51 +1782,51 @@
       </c>
       <c r="E13" s="7">
         <v>0.1886</v>
       </c>
       <c r="F13" s="7">
         <v>0.0121</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="7">
         <v>0.4197</v>
       </c>
       <c r="C14" s="7">
         <v>0.4013</v>
       </c>
       <c r="D14" s="7">
         <v>0.3797</v>
       </c>
       <c r="E14" s="7">
         <v>0.2842</v>
       </c>
       <c r="F14" s="7">
-        <v>0.1761</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="7">
         <v>0.0158</v>
       </c>
       <c r="C15" s="7">
         <v>-0.082</v>
       </c>
       <c r="D15" s="7">
         <v>-0.2021</v>
       </c>
       <c r="E15" s="7">
         <v>-0.1003</v>
       </c>
       <c r="F15" s="7">
         <v>-0.0981</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>19</v>
@@ -2073,51 +2073,51 @@
       </c>
       <c r="E13" s="7">
         <v>0.0493</v>
       </c>
       <c r="F13" s="7">
         <v>0.0027</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="13" t="s">
         <v>17</v>
       </c>
       <c r="B14" s="7">
         <v>0.1667</v>
       </c>
       <c r="C14" s="7">
         <v>0.1527</v>
       </c>
       <c r="D14" s="7">
         <v>0.1298</v>
       </c>
       <c r="E14" s="7">
         <v>0.0981</v>
       </c>
       <c r="F14" s="7">
-        <v>0.0595</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B15" s="7">
         <v>0.0096</v>
       </c>
       <c r="C15" s="7">
         <v>-0.0515</v>
       </c>
       <c r="D15" s="7">
         <v>-0.1394</v>
       </c>
       <c r="E15" s="7">
         <v>-0.0687</v>
       </c>
       <c r="F15" s="7">
         <v>-0.0726</v>
       </c>
     </row>
     <row r="16" spans="1:6">
       <c r="A16" s="13" t="s">
         <v>19</v>