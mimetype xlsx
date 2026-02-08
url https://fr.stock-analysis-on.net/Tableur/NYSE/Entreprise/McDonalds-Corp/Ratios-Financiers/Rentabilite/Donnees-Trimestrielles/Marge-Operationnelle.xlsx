--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1000,60 +1000,60 @@
       <c r="I15" s="13">
         <v>0.1578</v>
       </c>
       <c r="J15" s="13">
         <v>0.1563</v>
       </c>
       <c r="K15" s="13">
         <v>0.1542</v>
       </c>
       <c r="L15" s="13">
         <v>0.1489</v>
       </c>
       <c r="M15" s="13">
         <v>0.1344</v>
       </c>
       <c r="N15" s="13">
         <v>0.1215</v>
       </c>
       <c r="O15" s="13">
         <v>0.1136</v>
       </c>
       <c r="P15" s="13">
         <v>0.1065</v>
       </c>
       <c r="Q15" s="13">
-        <v>0.1067</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="13">
-        <v>0.1061</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="13">
-        <v>0.0922</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="13">
-        <v>0.0602</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>12</v>
       </c>
       <c r="B16" s="13">
         <v>0.0548</v>
       </c>
       <c r="C16" s="13">
         <v>0.0456</v>
       </c>
       <c r="D16" s="13">
         <v>0.0158</v>
       </c>
       <c r="E16" s="13">
         <v>-0.0035</v>
       </c>
       <c r="F16" s="13">
         <v>-0.024</v>
       </c>
       <c r="G16" s="13">
         <v>-0.0478</v>
       </c>
       <c r="H16" s="13">