--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1003,60 +1003,60 @@
       <c r="I15" s="13">
         <v>0.4013</v>
       </c>
       <c r="J15" s="13">
         <v>0.4055</v>
       </c>
       <c r="K15" s="13">
         <v>0.4027</v>
       </c>
       <c r="L15" s="13">
         <v>0.416</v>
       </c>
       <c r="M15" s="13">
         <v>0.3797</v>
       </c>
       <c r="N15" s="13">
         <v>0.3475</v>
       </c>
       <c r="O15" s="13">
         <v>0.351</v>
       </c>
       <c r="P15" s="13">
         <v>0.3206</v>
       </c>
       <c r="Q15" s="13">
-        <v>0.2842</v>
+        <v>0.0</v>
       </c>
       <c r="R15" s="13">
-        <v>0.3074</v>
+        <v>0.0</v>
       </c>
       <c r="S15" s="13">
-        <v>0.2697</v>
+        <v>0.0</v>
       </c>
       <c r="T15" s="13">
-        <v>0.1938</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" s="12" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="13">
         <v>0.0909</v>
       </c>
       <c r="C16" s="13">
         <v>0.0875</v>
       </c>
       <c r="D16" s="13">
         <v>0.0404</v>
       </c>
       <c r="E16" s="13">
         <v>0.0158</v>
       </c>
       <c r="F16" s="13">
         <v>-0.0227</v>
       </c>
       <c r="G16" s="13">
         <v>-0.0568</v>
       </c>
       <c r="H16" s="13">