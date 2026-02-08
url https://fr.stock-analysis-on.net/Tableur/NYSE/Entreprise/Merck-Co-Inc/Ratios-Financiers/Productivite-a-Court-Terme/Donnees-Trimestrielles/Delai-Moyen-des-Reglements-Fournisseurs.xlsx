--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1260,60 +1260,60 @@
       <c r="I19" s="13">
         <v>122.0</v>
       </c>
       <c r="J19" s="13">
         <v>106.0</v>
       </c>
       <c r="K19" s="13">
         <v>116.0</v>
       </c>
       <c r="L19" s="13">
         <v>136.0</v>
       </c>
       <c r="M19" s="13">
         <v>138.0</v>
       </c>
       <c r="N19" s="13">
         <v>98.0</v>
       </c>
       <c r="O19" s="13">
         <v>91.0</v>
       </c>
       <c r="P19" s="13">
         <v>68.0</v>
       </c>
       <c r="Q19" s="13">
-        <v>84.0</v>
+        <v>0.0</v>
       </c>
       <c r="R19" s="13">
-        <v>86.0</v>
+        <v>0.0</v>
       </c>
       <c r="S19" s="13">
-        <v>107.0</v>
+        <v>0.0</v>
       </c>
       <c r="T19" s="13">
-        <v>164.0</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" s="12" t="s">
         <v>16</v>
       </c>
       <c r="B20" s="13">
         <v>44.0</v>
       </c>
       <c r="C20" s="13">
         <v>43.0</v>
       </c>
       <c r="D20" s="13">
         <v>44.0</v>
       </c>
       <c r="E20" s="13">
         <v>45.0</v>
       </c>
       <c r="F20" s="13">
         <v>38.0</v>
       </c>
       <c r="G20" s="13">
         <v>37.0</v>
       </c>
       <c r="H20" s="13">