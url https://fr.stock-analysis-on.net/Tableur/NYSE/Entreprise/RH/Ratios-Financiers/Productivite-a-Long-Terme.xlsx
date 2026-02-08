--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -916,51 +916,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="13" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="6">
         <v>2.82</v>
       </c>
       <c r="C12" s="6">
         <v>2.75</v>
       </c>
       <c r="D12" s="6">
         <v>2.93</v>
       </c>
       <c r="E12" s="6">
-        <v>3.41</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="6">
         <v>0.0</v>
       </c>
       <c r="G12" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="6">
         <v>6.14</v>
       </c>
       <c r="C13" s="6">
         <v>6.0</v>
       </c>
       <c r="D13" s="6">
         <v>5.35</v>
       </c>
       <c r="E13" s="6">
         <v>4.84</v>
       </c>
       <c r="F13" s="6">
@@ -1264,51 +1264,51 @@
     </row>
     <row r="13" spans="1:7" customHeight="1" ht="34.8">
       <c r="A13" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:7" customHeight="1" ht="28.8">
       <c r="A14" s="13" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="6">
         <v>2.08</v>
       </c>
       <c r="C15" s="6">
         <v>2.03</v>
       </c>
       <c r="D15" s="6">
         <v>2.17</v>
       </c>
       <c r="E15" s="6">
-        <v>2.56</v>
+        <v>0.0</v>
       </c>
       <c r="F15" s="6">
         <v>0.0</v>
       </c>
       <c r="G15" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="6">
         <v>4.83</v>
       </c>
       <c r="C16" s="6">
         <v>4.85</v>
       </c>
       <c r="D16" s="6">
         <v>4.31</v>
       </c>
       <c r="E16" s="6">
         <v>3.89</v>
       </c>
       <c r="F16" s="6">
@@ -1566,51 +1566,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="13" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="6">
         <v>1.09</v>
       </c>
       <c r="C12" s="6">
         <v>1.11</v>
       </c>
       <c r="D12" s="6">
         <v>1.12</v>
       </c>
       <c r="E12" s="6">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="6">
         <v>0.0</v>
       </c>
       <c r="G12" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="6">
         <v>2.06</v>
       </c>
       <c r="C13" s="6">
         <v>2.1</v>
       </c>
       <c r="D13" s="6">
         <v>1.87</v>
       </c>
       <c r="E13" s="6">
         <v>2.15</v>
       </c>
       <c r="F13" s="6">
@@ -1868,51 +1868,51 @@
     </row>
     <row r="10" spans="1:7" customHeight="1" ht="34.8">
       <c r="A10" s="8" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:7" customHeight="1" ht="28.8">
       <c r="A11" s="13" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" s="14" t="s">
         <v>13</v>
       </c>
       <c r="B12" s="6">
         <v>2.85</v>
       </c>
       <c r="C12" s="6">
         <v>3.52</v>
       </c>
       <c r="D12" s="6">
         <v>3.4</v>
       </c>
       <c r="E12" s="6">
-        <v>4.13</v>
+        <v>0.0</v>
       </c>
       <c r="F12" s="6">
         <v>0.0</v>
       </c>
       <c r="G12" s="6">
         <v>0.0</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="6">
         <v>100.77</v>
       </c>
       <c r="C13" s="6">
         <v>0.0</v>
       </c>
       <c r="D13" s="6">
         <v>40.049999999999997</v>
       </c>
       <c r="E13" s="6">
         <v>0.0</v>
       </c>
       <c r="F13" s="6">