--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -879,60 +879,60 @@
       <c r="C13" s="13">
         <v>2.85</v>
       </c>
       <c r="D13" s="13">
         <v>3.03</v>
       </c>
       <c r="E13" s="13">
         <v>3.19</v>
       </c>
       <c r="F13" s="13">
         <v>3.4</v>
       </c>
       <c r="G13" s="13">
         <v>3.52</v>
       </c>
       <c r="H13" s="13">
         <v>3.65</v>
       </c>
       <c r="I13" s="13">
         <v>3.7</v>
       </c>
       <c r="J13" s="13">
         <v>3.57</v>
       </c>
       <c r="K13" s="13">
-        <v>3.4</v>
+        <v>0.0</v>
       </c>
       <c r="L13" s="13">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="M13" s="13">
-        <v>3.86</v>
+        <v>0.0</v>
       </c>
       <c r="N13" s="13">
-        <v>4.06</v>
+        <v>0.0</v>
       </c>
       <c r="O13" s="13">
         <v>0.0</v>
       </c>
       <c r="P13" s="13">
         <v>0.0</v>
       </c>
       <c r="Q13" s="13">
         <v>0.0</v>
       </c>
       <c r="R13" s="13">
         <v>0.0</v>
       </c>
       <c r="S13" s="13">
         <v>0.0</v>
       </c>
       <c r="T13" s="13">
         <v>0.0</v>
       </c>
       <c r="U13" s="13">
         <v>0.0</v>
       </c>
       <c r="V13" s="13">
         <v>0.0</v>
       </c>