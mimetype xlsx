--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1070,60 +1070,60 @@
       </c>
       <c r="P17" s="14">
         <v>0.0</v>
       </c>
       <c r="Q17" s="14">
         <v>0.0</v>
       </c>
       <c r="R17" s="14">
         <v>0.0</v>
       </c>
       <c r="S17" s="14">
         <v>0.0</v>
       </c>
     </row>
     <row r="18" spans="1:19">
       <c r="A18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="14">
         <v>1.62</v>
       </c>
       <c r="C18" s="14">
         <v>1.59</v>
       </c>
       <c r="D18" s="14">
-        <v>1.54</v>
+        <v>0.0</v>
       </c>
       <c r="E18" s="14">
-        <v>1.49</v>
+        <v>0.0</v>
       </c>
       <c r="F18" s="14">
-        <v>1.48</v>
+        <v>0.0</v>
       </c>
       <c r="G18" s="14">
-        <v>1.41</v>
+        <v>0.0</v>
       </c>
       <c r="H18" s="14">
         <v>0.0</v>
       </c>
       <c r="I18" s="14">
         <v>0.0</v>
       </c>
       <c r="J18" s="14">
         <v>0.0</v>
       </c>
       <c r="K18" s="14">
         <v>0.0</v>
       </c>
       <c r="L18" s="14">
         <v>0.0</v>
       </c>
       <c r="M18" s="14">
         <v>0.0</v>
       </c>
       <c r="N18" s="14">
         <v>0.0</v>
       </c>
       <c r="O18" s="14">
         <v>0.0</v>
       </c>