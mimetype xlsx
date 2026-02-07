--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -94,60 +94,60 @@
   <si>
     <t>Ajustements aux états financiers : Retrait de l’écart d’acquisition du bilan</t>
   </si>
   <si>
     <t>Ajustement au total de l’actif</t>
   </si>
   <si>
     <t>Total de l’actif (avant ajustement)</t>
   </si>
   <si>
     <t>Moins: Survaleur</t>
   </si>
   <si>
     <t>Total de l’actif (après ajustement)</t>
   </si>
   <si>
     <t>Ajustement du total des capitaux propres de SLB</t>
   </si>
   <si>
     <t>Total des capitaux propres de la SLB (avant ajustement)</t>
   </si>
   <si>
     <t>Total des capitaux propres de SLB (après ajustement)</t>
   </si>
   <si>
-    <t>Ajustement du bénéfice net (de la perte nette) attribuable à SLB</t>
-[...2 lines deleted...]
-    <t>Bénéfice net (perte nette) attribuable à SLB (avant ajustement)</t>
+    <t>Ajustement du bénéfice net attribuable au SLB</t>
+  </si>
+  <si>
+    <t>Bénéfice net attribuable au SLB (avant ajustement)</t>
   </si>
   <si>
     <t>Plus: Dépréciation de l’écart d’acquisition</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette) attribuable à SLB (après ajustement)</t>
+    <t>Bénéfice net attribuable au SLB (après ajustement)</t>
   </si>
   <si>
     <t>Ratios financiers ajustés : Retrait de l’écart d’acquisition du bilan</t>
   </si>
   <si>
     <t>Ratio de marge bénéficiaire nette</t>
   </si>
   <si>
     <t>Ratio de la marge bénéficiaire nette (non ajusté)</t>
   </si>
   <si>
     <t>Ratio de la marge bénéficiaire nette (ajustée)</t>
   </si>
   <si>
     <t>Ratio de rotation de l’actif total</t>
   </si>
   <si>
     <t>Ratio de rotation de l’actif total (non ajusté)</t>
   </si>
   <si>
     <t>Ratio de rotation de l’actif total (ajusté)</t>
   </si>
   <si>
     <t>Ratio d’endettement financier</t>
   </si>
@@ -160,63 +160,63 @@
   <si>
     <t>Rendement des capitaux propres (ROE)</t>
   </si>
   <si>
     <t>Ratio de rendement des capitaux propres (non ajusté)</t>
   </si>
   <si>
     <t>Ratio de rendement des capitaux propres (ajusté)</t>
   </si>
   <si>
     <t>Ratio de rendement de l’actif (ROA)</t>
   </si>
   <si>
     <t>Ratio de rendement de l’actif (non ajusté)</t>
   </si>
   <si>
     <t>Ratio de rendement de l’actif (ajusté)</t>
   </si>
   <si>
     <t>Avant l’ajustement</t>
   </si>
   <si>
     <t>Sélection de données financières (en millions de dollars américains)</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette) attribuable à SLB</t>
+    <t>Bénéfice net attribuable à SLB</t>
   </si>
   <si>
     <t>Revenu</t>
   </si>
   <si>
     <t>Ratio de rentabilité</t>
   </si>
   <si>
     <t>Après réglage : Retrait de l’écart d’acquisition du bilan</t>
   </si>
   <si>
-    <t>Bénéfice net ajusté (perte nette ajustée) attribuable à SLB</t>
+    <t>Bénéfice net ajusté attribuable au SLB</t>
   </si>
   <si>
     <t>Total de l’actif</t>
   </si>
   <si>
     <t>Ratio d’activité</t>
   </si>
   <si>
     <t>Total de l’actif ajusté</t>
   </si>
   <si>
     <t>Total des capitaux propres de SLB</t>
   </si>
   <si>
     <t>Ratio de solvabilité</t>
   </si>
   <si>
     <t>Total ajusté des capitaux propres de SLB</t>
   </si>
   <si>
     <t>Ratio de rendement des capitaux propres (ROE) (ajusté)</t>
   </si>
   <si>
     <t>ROE</t>
   </si>
@@ -764,63 +764,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>5</v>
@@ -1015,63 +1015,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="15" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
@@ -1276,63 +1276,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="11" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="17" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="17" t="e">
         <v>#N/A</v>
@@ -1567,63 +1567,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -1783,63 +1783,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>45</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -1999,63 +1999,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>49</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -2215,63 +2215,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -2431,63 +2431,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="15" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
       <c r="A8" s="19" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>44</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>