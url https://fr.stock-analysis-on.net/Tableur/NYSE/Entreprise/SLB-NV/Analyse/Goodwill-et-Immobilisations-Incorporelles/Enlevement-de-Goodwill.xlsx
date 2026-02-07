--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -47,60 +47,60 @@
   <si>
     <t>en millions de dollars américains</t>
   </si>
   <si>
     <t>Ajustement au total de l’actif</t>
   </si>
   <si>
     <t>Total de l’actif (avant ajustement)</t>
   </si>
   <si>
     <t>Moins: Survaleur</t>
   </si>
   <si>
     <t>Total de l’actif (après ajustement)</t>
   </si>
   <si>
     <t>Ajustement du total des capitaux propres de SLB</t>
   </si>
   <si>
     <t>Total des capitaux propres de la SLB (avant ajustement)</t>
   </si>
   <si>
     <t>Total des capitaux propres de SLB (après ajustement)</t>
   </si>
   <si>
-    <t>Ajustement du bénéfice net (de la perte nette) attribuable à SLB</t>
-[...2 lines deleted...]
-    <t>Bénéfice net (perte nette) attribuable à SLB (avant ajustement)</t>
+    <t>Ajustement du bénéfice net attribuable au SLB</t>
+  </si>
+  <si>
+    <t>Bénéfice net attribuable au SLB (avant ajustement)</t>
   </si>
   <si>
     <t>Plus: Dépréciation de l’écart d’acquisition</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette) attribuable à SLB (après ajustement)</t>
+    <t>Bénéfice net attribuable au SLB (après ajustement)</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-40C]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="7">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -552,63 +552,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>