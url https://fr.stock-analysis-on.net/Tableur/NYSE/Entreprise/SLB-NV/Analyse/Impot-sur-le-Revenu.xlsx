--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -30,239 +30,287 @@
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Charge d’impôt sur le résultat" sheetId="1" r:id="rId4"/>
     <sheet name="Taux effectif d’imposition" sheetId="2" r:id="rId5"/>
     <sheet name="Composantes de l’impôt différé" sheetId="3" r:id="rId6"/>
     <sheet name="Impôt différé, classification" sheetId="4" r:id="rId7"/>
     <sheet name="Suppression de l’impôt différé" sheetId="5" r:id="rId8"/>
     <sheet name="Ratios financiers ajustés" sheetId="6" r:id="rId9"/>
     <sheet name="Ratio de la marge bénéficiaire…" sheetId="7" r:id="rId10"/>
     <sheet name="Ratio d’endettement financier…" sheetId="8" r:id="rId11"/>
     <sheet name="Ratio de rendement des capitau…" sheetId="9" r:id="rId12"/>
     <sheet name="Ratio de rendement de l’actif…" sheetId="10" r:id="rId13"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="71">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="87">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>Charge d’impôt sur le résultat, activités poursuivies</t>
   </si>
   <si>
     <t>en millions de dollars américains</t>
   </si>
   <si>
     <t>12 mois terminés le</t>
   </si>
   <si>
     <t>États-Unis, fédéral</t>
   </si>
   <si>
     <t>États-Unis, État</t>
   </si>
   <si>
     <t>À l’extérieur des États-Unis</t>
   </si>
   <si>
     <t>Courant</t>
   </si>
   <si>
-    <t>Provision pour moins-value</t>
+    <t>États-Unis, allocation d’évaluation</t>
+  </si>
+  <si>
+    <t>En dehors des États-Unis, allocation d’évaluation</t>
   </si>
   <si>
     <t>Différé</t>
   </si>
   <si>
     <t>Charge d’impôt (avantage)</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
   <si>
     <t>Rapprochement du taux effectif d’impôt sur le revenu (EITR)</t>
   </si>
   <si>
-    <t>Taux d’imposition fédéral légal aux États-Unis</t>
+    <t>Taux d’imposition fédéral statutaire des États-Unis</t>
+  </si>
+  <si>
+    <t>Émirats arabes unis</t>
+  </si>
+  <si>
+    <t>Arabie Saoudite</t>
+  </si>
+  <si>
+    <t>Norvège</t>
+  </si>
+  <si>
+    <t>Impôt sur les retenues sur les dividendes</t>
+  </si>
+  <si>
+    <t>Autre</t>
+  </si>
+  <si>
+    <t>Équateur</t>
+  </si>
+  <si>
+    <t>Îles Vierges britanniques</t>
+  </si>
+  <si>
+    <t>Russie</t>
+  </si>
+  <si>
+    <t>Autres juridictions</t>
+  </si>
+  <si>
+    <t>Effets fiscaux hors États-Unis</t>
+  </si>
+  <si>
+    <t>Crédits d’impôt</t>
   </si>
   <si>
     <t>Frais et crédits</t>
   </si>
   <si>
     <t>Modification de la provision pour dépréciation</t>
   </si>
   <si>
-    <t>Autre</t>
+    <t>Objets non taxables ou non déductibles</t>
+  </si>
+  <si>
+    <t>Modifications des avantages fiscaux non reconnus</t>
+  </si>
+  <si>
+    <t>Autres ajustements</t>
   </si>
   <si>
     <t>Taux d’imposition effectif</t>
   </si>
   <si>
     <t>Composantes de l’actif et du passif d’impôt différé</t>
   </si>
   <si>
     <t>Incorporelles</t>
   </si>
   <si>
     <t>Pertes nettes d’exploitation</t>
   </si>
   <si>
     <t>Immobilisations, nettes</t>
   </si>
   <si>
     <t>Crédits de recherche et développement</t>
   </si>
   <si>
     <t>Coûts de recherche et développement capitalisés</t>
   </si>
   <si>
     <t>Prestations de retraite et autres prestations postérieures à la retraite</t>
   </si>
   <si>
+    <t>Investissements dans des filiales hors États-Unis</t>
+  </si>
+  <si>
+    <t>Crédits pour impôt étranger</t>
+  </si>
+  <si>
     <t>Autres, montant net</t>
   </si>
   <si>
     <t>Actif (passif) d’impôt différé net</t>
   </si>
   <si>
     <t>Actifs et passifs d’impôt différé, classification</t>
   </si>
   <si>
     <t>Passifs d’impôts différés non courants</t>
   </si>
   <si>
     <t>Ajustements aux états financiers : Suppression de l’impôt différé</t>
   </si>
   <si>
     <t>Ajustement au total du passif</t>
   </si>
   <si>
     <t>Total du passif (avant ajustement)</t>
   </si>
   <si>
     <t>Moins: Passifs d’impôts différés non courants, montant net</t>
   </si>
   <si>
     <t>Total du passif (après ajustement)</t>
   </si>
   <si>
     <t>Ajustement du total des capitaux propres de SLB</t>
   </si>
   <si>
     <t>Total des capitaux propres de la SLB (avant ajustement)</t>
   </si>
   <si>
     <t>Moins: Actif (passif) d’impôt différé net</t>
   </si>
   <si>
     <t>Total des capitaux propres de SLB (après ajustement)</t>
   </si>
   <si>
-    <t>Ajustement du bénéfice net (de la perte nette) attribuable à SLB</t>
-[...2 lines deleted...]
-    <t>Bénéfice net (perte nette) attribuable à SLB (avant ajustement)</t>
+    <t>Ajustement du bénéfice net attribuable au SLB</t>
+  </si>
+  <si>
+    <t>Bénéfice net attribuable au SLB (avant ajustement)</t>
   </si>
   <si>
     <t>Plus: Charge d’impôt différé</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette) attribuable à SLB (après ajustement)</t>
+    <t>Bénéfice net attribuable au SLB (après ajustement)</t>
   </si>
   <si>
     <t>Ratios financiers ajustés : Suppression de l’impôt différé (sommaire)</t>
   </si>
   <si>
     <t>Ratio de marge bénéficiaire nette</t>
   </si>
   <si>
     <t>Ratio de la marge bénéficiaire nette (non ajusté)</t>
   </si>
   <si>
     <t>Ratio de la marge bénéficiaire nette (ajustée)</t>
   </si>
   <si>
     <t>Ratio d’endettement financier</t>
   </si>
   <si>
     <t>Ratio de levier financier (non ajusté)</t>
   </si>
   <si>
     <t>Ratio d’endettement financier (ajusté)</t>
   </si>
   <si>
     <t>Rendement des capitaux propres (ROE)</t>
   </si>
   <si>
     <t>Ratio de rendement des capitaux propres (non ajusté)</t>
   </si>
   <si>
     <t>Ratio de rendement des capitaux propres (ajusté)</t>
   </si>
   <si>
     <t>Ratio de rendement de l’actif (ROA)</t>
   </si>
   <si>
     <t>Ratio de rendement de l’actif (non ajusté)</t>
   </si>
   <si>
     <t>Ratio de rendement de l’actif (ajusté)</t>
   </si>
   <si>
     <t>Avant l’ajustement</t>
   </si>
   <si>
     <t>Sélection de données financières (en millions de dollars américains)</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette) attribuable à SLB</t>
+    <t>Bénéfice net attribuable à SLB</t>
   </si>
   <si>
     <t>Revenu</t>
   </si>
   <si>
     <t>Ratio de rentabilité</t>
   </si>
   <si>
     <t>Après ajustement pour impôts différés</t>
   </si>
   <si>
-    <t>Bénéfice net ajusté (perte nette ajustée) attribuable à SLB</t>
+    <t>Bénéfice net ajusté attribuable au SLB</t>
   </si>
   <si>
     <t>Total de l’actif</t>
   </si>
   <si>
     <t>Total des capitaux propres de SLB</t>
   </si>
   <si>
     <t>Ratio de solvabilité</t>
   </si>
   <si>
     <t>Total ajusté des capitaux propres de SLB</t>
   </si>
   <si>
     <t>Ratio de rendement des capitaux propres (ROE) (ajusté)</t>
   </si>
   <si>
     <t>ROE</t>
   </si>
   <si>
     <t>Ratio de rendement de l’actif (ROA) (ajusté)</t>
   </si>
   <si>
     <t>ROA</t>
   </si>
@@ -378,100 +426,103 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FFE2E2E2"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color rgb="FF252525"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="21">
+  <cellXfs count="22">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="2" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="3" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="1" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="164" fillId="0" borderId="1" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="165" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="165" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="1"/>
     </xf>
     <xf xfId="0" fontId="5" numFmtId="0" fillId="0" borderId="3" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="166" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
+    </xf>
+    <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
+    </xf>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="4"/>
+    </xf>
     <xf xfId="0" fontId="4" numFmtId="166" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
+    <xf xfId="0" fontId="4" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
+      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
+    </xf>
     <xf xfId="0" fontId="6" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="2"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="167" fillId="0" borderId="0" applyFont="0" applyNumberFormat="1" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="7" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="left" vertical="center" textRotation="0" wrapText="false" shrinkToFit="false" indent="2"/>
-    </xf>
-[...4 lines deleted...]
-      <alignment horizontal="left" vertical="bottom" textRotation="0" wrapText="true" shrinkToFit="false" indent="3"/>
     </xf>
     <xf xfId="0" fontId="4" numFmtId="167" fillId="0" borderId="2" applyFont="1" applyNumberFormat="1" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -775,99 +826,99 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F18"/>
+  <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F18" sqref="F18"/>
+      <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>
@@ -987,1956 +1038,2276 @@
       <c r="F14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="6" t="s">
         <v>9</v>
       </c>
       <c r="B15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="8" t="s">
+      <c r="A16" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B16" s="9" t="e">
-[...11 lines deleted...]
-      <c r="F16" s="9" t="e">
+      <c r="B16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="10" t="s">
+      <c r="A17" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
-      <c r="A18" s="11" t="s">
+      <c r="A18" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="11"/>
-[...3 lines deleted...]
-      <c r="F18" s="11"/>
+      <c r="B18" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B19" s="11"/>
+      <c r="C19" s="11"/>
+      <c r="D19" s="11"/>
+      <c r="E19" s="11"/>
+      <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
       </c>
-      <c r="F6" s="5">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A7" s="14" t="s">
-        <v>56</v>
+      <c r="A7" s="18" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A8" s="17" t="s">
-        <v>57</v>
+      <c r="A8" s="20" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="18" t="s">
-        <v>58</v>
+      <c r="A9" s="14" t="s">
+        <v>74</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="18" t="s">
-        <v>63</v>
+      <c r="A10" s="14" t="s">
+        <v>79</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A11" s="17" t="s">
-        <v>60</v>
+      <c r="A11" s="20" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="19" t="s">
-[...14 lines deleted...]
-      <c r="F12" s="13" t="e">
+      <c r="A12" s="17" t="s">
+        <v>86</v>
+      </c>
+      <c r="B12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="16" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A13" s="14" t="s">
-        <v>61</v>
+      <c r="A13" s="18" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A14" s="17" t="s">
-        <v>57</v>
+      <c r="A14" s="20" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="18" t="s">
-        <v>62</v>
+      <c r="A15" s="14" t="s">
+        <v>78</v>
       </c>
       <c r="B15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="18" t="s">
-        <v>63</v>
+      <c r="A16" s="14" t="s">
+        <v>79</v>
       </c>
       <c r="B16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A17" s="17" t="s">
-        <v>60</v>
+      <c r="A17" s="20" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="18" spans="1:6">
-      <c r="A18" s="19" t="s">
-[...14 lines deleted...]
-      <c r="F18" s="13" t="e">
+      <c r="A18" s="17" t="s">
+        <v>71</v>
+      </c>
+      <c r="B18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="16" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F12"/>
+  <dimension ref="A1:F25"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F12" sqref="F12"/>
+      <selection activeCell="F25" sqref="F25"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B7" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C7" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D7" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E7" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F7" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="6" t="s">
-        <v>15</v>
+      <c r="A8" s="13" t="s">
+        <v>16</v>
       </c>
       <c r="B8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="6" t="s">
-        <v>16</v>
+      <c r="A9" s="13" t="s">
+        <v>17</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="6" t="s">
-        <v>17</v>
+      <c r="A10" s="13" t="s">
+        <v>18</v>
       </c>
       <c r="B10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
-      <c r="A11" s="10" t="s">
-[...14 lines deleted...]
-      <c r="F11" s="13" t="e">
+      <c r="A11" s="14" t="s">
+        <v>19</v>
+      </c>
+      <c r="B11" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C11" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D11" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E11" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F11" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="11" t="s">
-[...6 lines deleted...]
-      <c r="F12" s="11"/>
+      <c r="A12" s="14" t="s">
+        <v>20</v>
+      </c>
+      <c r="B12" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6">
+      <c r="A13" s="15" t="s">
+        <v>21</v>
+      </c>
+      <c r="B13" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C13" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D13" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E13" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F13" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6">
+      <c r="A14" s="13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C14" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D14" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E14" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F14" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="13" t="s">
+        <v>23</v>
+      </c>
+      <c r="B15" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="13" t="s">
+        <v>24</v>
+      </c>
+      <c r="B16" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="17" t="s">
+        <v>25</v>
+      </c>
+      <c r="B17" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C17" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D17" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="B18" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="19" spans="1:6">
+      <c r="A19" s="6" t="s">
+        <v>27</v>
+      </c>
+      <c r="B19" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C19" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D19" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E19" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F19" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="20" spans="1:6">
+      <c r="A20" s="6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F20" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="21" spans="1:6">
+      <c r="A21" s="6" t="s">
+        <v>29</v>
+      </c>
+      <c r="B21" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C21" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D21" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E21" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F21" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="22" spans="1:6">
+      <c r="A22" s="6" t="s">
+        <v>30</v>
+      </c>
+      <c r="B22" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C22" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D22" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="23" spans="1:6">
+      <c r="A23" s="6" t="s">
+        <v>31</v>
+      </c>
+      <c r="B23" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C23" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="12" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="24" spans="1:6">
+      <c r="A24" s="10" t="s">
+        <v>32</v>
+      </c>
+      <c r="B24" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C24" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D24" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E24" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F24" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="25" spans="1:6">
+      <c r="A25" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B25" s="11"/>
+      <c r="C25" s="11"/>
+      <c r="D25" s="11"/>
+      <c r="E25" s="11"/>
+      <c r="F25" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F16" sqref="F16"/>
+      <selection activeCell="F18" sqref="F18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>19</v>
+        <v>33</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
-        <v>20</v>
+        <v>34</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
       <c r="A10" s="6" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="6" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="B11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
       <c r="A12" s="6" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="B12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E12" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F12" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="6" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="6" t="s">
-        <v>26</v>
+        <v>40</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="10" t="s">
-[...14 lines deleted...]
-      <c r="F15" s="9" t="e">
+      <c r="A15" s="6" t="s">
+        <v>41</v>
+      </c>
+      <c r="B15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="11" t="s">
-[...6 lines deleted...]
-      <c r="F16" s="11"/>
+      <c r="A16" s="6" t="s">
+        <v>42</v>
+      </c>
+      <c r="B16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B17" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C17" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D17" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="11" t="s">
+        <v>13</v>
+      </c>
+      <c r="B18" s="11"/>
+      <c r="C18" s="11"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="11"/>
+      <c r="F18" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F9"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F9" sqref="F9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>28</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
-        <v>29</v>
+        <v>45</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B9" s="11"/>
       <c r="C9" s="11"/>
       <c r="D9" s="11"/>
       <c r="E9" s="11"/>
       <c r="F9" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F20"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F20" sqref="F20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
       </c>
-      <c r="F7" s="5">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A8" s="14" t="s">
-        <v>31</v>
+      <c r="A8" s="18" t="s">
+        <v>47</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="15" t="s">
-        <v>32</v>
+      <c r="A9" s="13" t="s">
+        <v>48</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="15" t="s">
-        <v>33</v>
+      <c r="A10" s="13" t="s">
+        <v>49</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="8" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="B11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E11" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F11" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A12" s="14" t="s">
-        <v>35</v>
+      <c r="A12" s="18" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:6">
-      <c r="A13" s="15" t="s">
-        <v>36</v>
+      <c r="A13" s="13" t="s">
+        <v>52</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="15" t="s">
-        <v>37</v>
+      <c r="A14" s="13" t="s">
+        <v>53</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="8" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="B15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A16" s="14" t="s">
-        <v>39</v>
+      <c r="A16" s="18" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="15" t="s">
-        <v>40</v>
+      <c r="A17" s="13" t="s">
+        <v>56</v>
       </c>
       <c r="B17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
-      <c r="A18" s="15" t="s">
-        <v>41</v>
+      <c r="A18" s="13" t="s">
+        <v>57</v>
       </c>
       <c r="B18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="8" t="s">
-        <v>42</v>
+        <v>58</v>
       </c>
       <c r="B19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="C19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="D19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="E19" s="9" t="e">
         <v>#N/A</v>
       </c>
       <c r="F19" s="9" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="20" spans="1:6">
       <c r="A20" s="11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B20" s="11"/>
       <c r="C20" s="11"/>
       <c r="D20" s="11"/>
       <c r="E20" s="11"/>
       <c r="F20" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>43</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
       </c>
-      <c r="F6" s="5">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A7" s="14" t="s">
-        <v>44</v>
+      <c r="A7" s="18" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="8" spans="1:6">
-      <c r="A8" s="15" t="s">
-        <v>45</v>
+      <c r="A8" s="13" t="s">
+        <v>61</v>
       </c>
       <c r="B8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="15" t="s">
-        <v>46</v>
+      <c r="A9" s="13" t="s">
+        <v>62</v>
       </c>
       <c r="B9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A10" s="14" t="s">
-        <v>47</v>
+      <c r="A10" s="18" t="s">
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:6">
-      <c r="A11" s="15" t="s">
-[...14 lines deleted...]
-      <c r="F11" s="16" t="e">
+      <c r="A11" s="13" t="s">
+        <v>64</v>
+      </c>
+      <c r="B11" s="19" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C11" s="19" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D11" s="19" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E11" s="19" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F11" s="19" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="15" t="s">
-[...14 lines deleted...]
-      <c r="F12" s="16" t="e">
+      <c r="A12" s="13" t="s">
+        <v>65</v>
+      </c>
+      <c r="B12" s="19" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="19" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="19" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="19" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="19" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A13" s="14" t="s">
-        <v>50</v>
+      <c r="A13" s="18" t="s">
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="15" t="s">
-        <v>51</v>
+      <c r="A14" s="13" t="s">
+        <v>67</v>
       </c>
       <c r="B14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="15" t="s">
-        <v>52</v>
+      <c r="A15" s="13" t="s">
+        <v>68</v>
       </c>
       <c r="B15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A16" s="14" t="s">
-        <v>53</v>
+      <c r="A16" s="18" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="17" spans="1:6">
-      <c r="A17" s="15" t="s">
-        <v>54</v>
+      <c r="A17" s="13" t="s">
+        <v>70</v>
       </c>
       <c r="B17" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C17" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D17" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E17" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F17" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="18" spans="1:6">
-      <c r="A18" s="15" t="s">
-        <v>55</v>
+      <c r="A18" s="13" t="s">
+        <v>71</v>
       </c>
       <c r="B18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="C18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="D18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="E18" s="12" t="e">
         <v>#N/A</v>
       </c>
       <c r="F18" s="12" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>46</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
       </c>
-      <c r="F6" s="5">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A7" s="14" t="s">
-        <v>56</v>
+      <c r="A7" s="18" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A8" s="17" t="s">
-        <v>57</v>
+      <c r="A8" s="20" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="18" t="s">
-        <v>58</v>
+      <c r="A9" s="14" t="s">
+        <v>74</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="18" t="s">
-        <v>59</v>
+      <c r="A10" s="14" t="s">
+        <v>75</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A11" s="17" t="s">
+      <c r="A11" s="20" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="17" t="s">
         <v>60</v>
       </c>
-    </row>
-[...16 lines deleted...]
-      <c r="F12" s="13" t="e">
+      <c r="B12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="16" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A13" s="14" t="s">
-        <v>61</v>
+      <c r="A13" s="18" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="14" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A14" s="17" t="s">
-        <v>57</v>
+      <c r="A14" s="20" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="18" t="s">
+      <c r="A15" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="B16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A17" s="20" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="17" t="s">
         <v>62</v>
       </c>
-      <c r="B15" s="7" t="e">
-[...56 lines deleted...]
-      <c r="F18" s="13" t="e">
+      <c r="B18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="16" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>49</v>
+        <v>65</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
       </c>
-      <c r="F6" s="5">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A7" s="14" t="s">
-        <v>56</v>
+      <c r="A7" s="18" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A8" s="17" t="s">
-        <v>57</v>
+      <c r="A8" s="20" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="18" t="s">
+      <c r="A9" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C9" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D9" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E9" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F9" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="10" spans="1:6">
+      <c r="A10" s="14" t="s">
+        <v>80</v>
+      </c>
+      <c r="B10" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C10" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D10" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E10" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F10" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="11" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A11" s="20" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="12" spans="1:6">
+      <c r="A12" s="17" t="s">
         <v>63</v>
       </c>
-      <c r="B9" s="7" t="e">
-[...36 lines deleted...]
-      <c r="A11" s="17" t="s">
+      <c r="B12" s="21" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="21" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="21" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="21" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="21" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A13" s="18" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A14" s="20" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="14" t="s">
+        <v>79</v>
+      </c>
+      <c r="B15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="B16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A17" s="20" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="17" t="s">
         <v>65</v>
       </c>
-    </row>
-[...91 lines deleted...]
-      <c r="F18" s="20" t="e">
+      <c r="B18" s="21" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="21" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="21" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="21" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="21" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:F19"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="F19" sqref="F19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
       </c>
-      <c r="F6" s="5">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
-      <c r="A7" s="14" t="s">
-        <v>56</v>
+      <c r="A7" s="18" t="s">
+        <v>72</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A8" s="17" t="s">
-        <v>57</v>
+      <c r="A8" s="20" t="s">
+        <v>73</v>
       </c>
     </row>
     <row r="9" spans="1:6">
-      <c r="A9" s="18" t="s">
-        <v>58</v>
+      <c r="A9" s="14" t="s">
+        <v>74</v>
       </c>
       <c r="B9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="10" spans="1:6">
-      <c r="A10" s="18" t="s">
-        <v>64</v>
+      <c r="A10" s="14" t="s">
+        <v>80</v>
       </c>
       <c r="B10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E10" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F10" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="11" spans="1:6" customHeight="1" ht="28.8">
-      <c r="A11" s="17" t="s">
-        <v>60</v>
+      <c r="A11" s="20" t="s">
+        <v>76</v>
       </c>
     </row>
     <row r="12" spans="1:6">
-      <c r="A12" s="19" t="s">
+      <c r="A12" s="17" t="s">
+        <v>84</v>
+      </c>
+      <c r="B12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F12" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="13" spans="1:6" customHeight="1" ht="34.8">
+      <c r="A13" s="18" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A14" s="20" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6">
+      <c r="A15" s="14" t="s">
+        <v>78</v>
+      </c>
+      <c r="B15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="16" spans="1:6">
+      <c r="A16" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="B16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6" customHeight="1" ht="28.8">
+      <c r="A17" s="20" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="17" t="s">
         <v>68</v>
       </c>
-      <c r="B12" s="13" t="e">
-[...86 lines deleted...]
-      <c r="F18" s="13" t="e">
+      <c r="B18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E18" s="16" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F18" s="16" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="19" spans="1:6">
       <c r="A19" s="11" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B19" s="11"/>
       <c r="C19" s="11"/>
       <c r="D19" s="11"/>
       <c r="E19" s="11"/>
       <c r="F19" s="11"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>