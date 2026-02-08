--- v0 (2025-10-24)
+++ v1 (2026-02-08)
@@ -12,80 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Composantes de l’impôt différé" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>Composantes de l’actif et du passif d’impôt différé</t>
   </si>
   <si>
     <t>en millions de dollars américains</t>
   </si>
   <si>
     <t>Incorporelles</t>
   </si>
   <si>
     <t>Pertes nettes d’exploitation</t>
   </si>
   <si>
     <t>Immobilisations, nettes</t>
   </si>
   <si>
     <t>Crédits de recherche et développement</t>
   </si>
   <si>
     <t>Coûts de recherche et développement capitalisés</t>
   </si>
   <si>
     <t>Prestations de retraite et autres prestations postérieures à la retraite</t>
+  </si>
+  <si>
+    <t>Investissements dans des filiales hors États-Unis</t>
+  </si>
+  <si>
+    <t>Crédits pour impôt étranger</t>
   </si>
   <si>
     <t>Autres, montant net</t>
   </si>
   <si>
     <t>Actif (passif) d’impôt différé net</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-40C]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -497,97 +503,97 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F16"/>
+  <dimension ref="A1:F18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F16" sqref="F16"/>
+      <selection activeCell="F18" sqref="F18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>5</v>
@@ -687,78 +693,118 @@
       <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="8" t="s">
+      <c r="A15" s="6" t="s">
         <v>11</v>
       </c>
-      <c r="B15" s="9" t="e">
-[...11 lines deleted...]
-      <c r="F15" s="9" t="e">
+      <c r="B15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E15" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F15" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="10" t="s">
+      <c r="A16" s="6" t="s">
         <v>12</v>
       </c>
-      <c r="B16" s="10"/>
-[...3 lines deleted...]
-      <c r="F16" s="10"/>
+      <c r="B16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F16" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="17" spans="1:6">
+      <c r="A17" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B17" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C17" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D17" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E17" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F17" s="9" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="18" spans="1:6">
+      <c r="A18" s="10" t="s">
+        <v>14</v>
+      </c>
+      <c r="B18" s="10"/>
+      <c r="C18" s="10"/>
+      <c r="D18" s="10"/>
+      <c r="E18" s="10"/>
+      <c r="F18" s="10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">