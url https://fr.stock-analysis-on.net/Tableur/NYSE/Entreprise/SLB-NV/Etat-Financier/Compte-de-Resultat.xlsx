--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -59,108 +59,108 @@
   <si>
     <t>Revenu</t>
   </si>
   <si>
     <t>Coût des services</t>
   </si>
   <si>
     <t>Coût des ventes</t>
   </si>
   <si>
     <t>Coût des revenus</t>
   </si>
   <si>
     <t>Marge brute</t>
   </si>
   <si>
     <t>Recherche et ingénierie</t>
   </si>
   <si>
     <t>Généralités et administration</t>
   </si>
   <si>
     <t>Restructuration et autres</t>
   </si>
   <si>
+    <t>Déficiences</t>
+  </si>
+  <si>
     <t>Fusion et intégration</t>
   </si>
   <si>
-    <t>Dépréciations et autres</t>
-[...2 lines deleted...]
-    <t>Bénéfice (perte) d’exploitation</t>
+    <t>Résultat d’exploitation</t>
   </si>
   <si>
     <t>Bénéfices des placements selon la méthode de la mise en équivalence</t>
   </si>
   <si>
+    <t>Gain sur la vente du projet APS de Palliser</t>
+  </si>
+  <si>
     <t>Revenus d’intérêts</t>
   </si>
   <si>
     <t>Gain sur la vente d’un placement</t>
   </si>
   <si>
     <t>Gain sur la cession d’actions Liberty</t>
   </si>
   <si>
     <t>Perte sur les transactions de swap de premier ordre</t>
   </si>
   <si>
     <t>Gain sur l’investissement en actions ADC</t>
   </si>
   <si>
     <t>Gain sur la vente d’un bien immobilier</t>
   </si>
   <si>
     <t>Gain sur le rachat d’obligations</t>
   </si>
   <si>
     <t>Gain non réalisé sur titres négociables</t>
   </si>
   <si>
-    <t>Gains sur les ventes d’entreprises</t>
-[...1 lines deleted...]
-  <si>
     <t>Intérêts et autres produits, nets</t>
   </si>
   <si>
     <t>Charges d’intérêts</t>
   </si>
   <si>
-    <t>Bénéfice (perte) avant impôts</t>
-[...5 lines deleted...]
-    <t>Bénéfice net (perte nette)</t>
+    <t>Bénéfice avant impôts</t>
+  </si>
+  <si>
+    <t>Charge d’impôt</t>
+  </si>
+  <si>
+    <t>Revenu net</t>
   </si>
   <si>
     <t>Bénéfice net attribuable aux participations ne donnant pas le contrôle</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette) attribuable à SLB</t>
+    <t>Bénéfice net attribuable à SLB</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="[$-40C]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
   </numFmts>
   <fonts count="6">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF252525"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="0"/>
@@ -611,63 +611,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>