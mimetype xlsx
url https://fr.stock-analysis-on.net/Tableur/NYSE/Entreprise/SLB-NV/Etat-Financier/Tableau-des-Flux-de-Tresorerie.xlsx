--- v0 (2025-10-24)
+++ v1 (2026-02-08)
@@ -12,179 +12,191 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Tableau des flux de trésorerie" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="49">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>Tableau des flux de trésorerie consolidé</t>
   </si>
   <si>
     <t>en millions de dollars américains</t>
   </si>
   <si>
     <t>12 mois terminés le</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette)</t>
+    <t>Revenu net</t>
   </si>
   <si>
     <t>Frais et crédits</t>
   </si>
   <si>
     <t>L’amortissement, y compris l’amortissement des immobilisations corporelles et l’amortissement des immobilisations incorporelles, les coûts des données d’exploration et les investissements dans l’APS</t>
   </si>
   <si>
+    <t>Déficiences</t>
+  </si>
+  <si>
+    <t>Amortissement de l’ajustement comptable des achats d’actions</t>
+  </si>
+  <si>
+    <t>Gain sur la vente du projet APS</t>
+  </si>
+  <si>
     <t>Impôts différés</t>
   </si>
   <si>
     <t>Charge de rémunération à base d’actions</t>
   </si>
   <si>
     <t>Bénéfices des placements selon la méthode de la mise en équivalence, moins les dividendes reçus</t>
   </si>
   <si>
     <t>(Augmentation) diminution des créances</t>
   </si>
   <si>
     <t>(Augmentation) diminution des stocks</t>
   </si>
   <si>
     <t>(Augmentation) diminution des autres actifs circulants</t>
   </si>
   <si>
     <t>(Augmentation) diminution des autres actifs</t>
   </si>
   <si>
     <t>Augmentation (diminution) des créditeurs et des charges à payer</t>
   </si>
   <si>
     <t>Augmentation (diminution) de l’assujettissement estimatif à l’impôt sur le revenu</t>
   </si>
   <si>
     <t>Augmentation (diminution) des autres passifs</t>
   </si>
   <si>
     <t>Autre</t>
   </si>
   <si>
     <t>Variation de l’actif et du passif, déduction faite de l’incidence des acquisitions et des cessions d’entreprises</t>
   </si>
   <si>
-    <t>Ajustements visant à rapprocher le bénéfice net (la perte nette) des flux de trésorerie provenant des activités d’exploitation</t>
+    <t>Ajustements visant à rapprocher le bénéfice net et les flux de trésorerie provenant des activités d’exploitation</t>
   </si>
   <si>
     <t>Flux de trésorerie nets liés aux activités d’exploitation</t>
   </si>
   <si>
     <t>Dépenses en immobilisations</t>
   </si>
   <si>
     <t>Investissements APS</t>
   </si>
   <si>
     <t>Données d’exploration capitalisées</t>
   </si>
   <si>
-    <t>Acquisitions et investissements d’entreprises, déduction faite de la trésorerie acquise</t>
+    <t>Trésorerie acquise dans le cadre de l’acquisition de ChampionX Corporation</t>
+  </si>
+  <si>
+    <t>Produit de la vente du projet APS</t>
+  </si>
+  <si>
+    <t>Produit de la vente de l’activité ChampionX Drilling Technologies</t>
+  </si>
+  <si>
+    <t>Autres acquisitions et participations d’entreprises, nettes des flux de trésorerie acquis</t>
   </si>
   <si>
     <t>Vente (à l’achat) de placements à court terme, montant net</t>
   </si>
   <si>
     <t>Achats de titres Blue Chip Swap</t>
   </si>
   <si>
     <t>Produit de la vente de titres de Blue Chip Swap</t>
   </si>
   <si>
     <t>Produit de la vente des actions Liberty</t>
   </si>
   <si>
     <t>Produit de la vente d’actions ADC</t>
   </si>
   <si>
     <t>Produit de la vente d’un bien immobilier</t>
   </si>
   <si>
-    <t>Produit net des dessaisissements</t>
-[...1 lines deleted...]
-  <si>
     <t>Flux de trésorerie nets liés aux activités d’investissement</t>
   </si>
   <si>
     <t>Dividendes versés</t>
   </si>
   <si>
     <t>Programme de rachat d’actions</t>
   </si>
   <si>
     <t>Produit du régime d’achat d’actions des employés</t>
   </si>
   <si>
     <t>Produit de l’exercice d’options d’achat d’actions</t>
   </si>
   <si>
     <t>Impôts payés sur les indemnités à base d’actions réglées nettes</t>
   </si>
   <si>
     <t>Produit de l’émission de titres de créance à long terme</t>
   </si>
   <si>
     <t>Remboursement de la dette à long terme</t>
   </si>
   <si>
     <t>Augmentation (diminution) nette des emprunts à court terme</t>
-  </si>
-[...1 lines deleted...]
-    <t>Remboursement des obligations liées aux contrats de location-financement</t>
   </si>
   <si>
     <t>Flux de trésorerie nets liés aux activités de financement</t>
   </si>
   <si>
     <t>Impact des variations des taux de change sur la trésorerie</t>
   </si>
   <si>
     <t>Augmentation (diminution) nette de la trésorerie</t>
   </si>
   <si>
     <t>Trésorerie au début de la période</t>
   </si>
   <si>
     <t>Trésorerie à la fin de la période</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="2">
@@ -620,99 +632,99 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F53"/>
+  <dimension ref="A1:F57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
-      <selection activeCell="F53" sqref="F53"/>
+      <selection activeCell="F57" sqref="F57"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="8" t="s">
         <v>6</v>
@@ -792,91 +804,91 @@
       <c r="F12" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E13" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F13" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="14" spans="1:6">
-      <c r="A14" s="9" t="s">
+      <c r="A14" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E14" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F14" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="15" spans="1:6">
-      <c r="A15" s="9" t="s">
+      <c r="A15" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E15" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F15" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="16" spans="1:6">
-      <c r="A16" s="9" t="s">
+      <c r="A16" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E16" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F16" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="17" spans="1:6">
       <c r="A17" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B17" s="7" t="e">
         <v>#N/A</v>
       </c>
@@ -952,166 +964,166 @@
       <c r="F20" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="21" spans="1:6">
       <c r="A21" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E21" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F21" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="22" spans="1:6">
-      <c r="A22" s="10" t="s">
+      <c r="A22" s="9" t="s">
         <v>19</v>
       </c>
-      <c r="B22" s="11" t="e">
-[...11 lines deleted...]
-      <c r="F22" s="11" t="e">
+      <c r="B22" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C22" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D22" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E22" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F22" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="23" spans="1:6">
-      <c r="A23" s="12" t="s">
+      <c r="A23" s="9" t="s">
         <v>20</v>
       </c>
-      <c r="B23" s="11" t="e">
-[...11 lines deleted...]
-      <c r="F23" s="11" t="e">
+      <c r="B23" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C23" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D23" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E23" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F23" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="24" spans="1:6">
-      <c r="A24" s="13" t="s">
+      <c r="A24" s="9" t="s">
         <v>21</v>
       </c>
-      <c r="B24" s="11" t="e">
-[...11 lines deleted...]
-      <c r="F24" s="11" t="e">
+      <c r="B24" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C24" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D24" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E24" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F24" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="25" spans="1:6">
-      <c r="A25" s="6" t="s">
+      <c r="A25" s="10" t="s">
         <v>22</v>
       </c>
-      <c r="B25" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F25" s="7" t="e">
+      <c r="B25" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C25" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D25" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E25" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F25" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="26" spans="1:6">
-      <c r="A26" s="6" t="s">
+      <c r="A26" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="B26" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F26" s="7" t="e">
+      <c r="B26" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C26" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D26" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E26" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F26" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="27" spans="1:6">
-      <c r="A27" s="6" t="s">
+      <c r="A27" s="13" t="s">
         <v>24</v>
       </c>
-      <c r="B27" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F27" s="7" t="e">
+      <c r="B27" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C27" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D27" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E27" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F27" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="28" spans="1:6">
       <c r="A28" s="6" t="s">
         <v>25</v>
       </c>
       <c r="B28" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C28" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D28" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E28" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F28" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="29" spans="1:6">
       <c r="A29" s="6" t="s">
@@ -1233,185 +1245,185 @@
         <v>#N/A</v>
       </c>
     </row>
     <row r="35" spans="1:6">
       <c r="A35" s="6" t="s">
         <v>32</v>
       </c>
       <c r="B35" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C35" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D35" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E35" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F35" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="36" spans="1:6">
       <c r="A36" s="6" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="B36" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C36" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D36" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E36" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F36" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="37" spans="1:6">
-      <c r="A37" s="13" t="s">
-[...14 lines deleted...]
-      <c r="F37" s="11" t="e">
+      <c r="A37" s="6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B37" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C37" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D37" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E37" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F37" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="38" spans="1:6">
       <c r="A38" s="6" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="B38" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C38" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D38" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E38" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F38" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="39" spans="1:6">
       <c r="A39" s="6" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B39" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C39" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D39" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E39" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F39" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="40" spans="1:6">
       <c r="A40" s="6" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B40" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C40" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D40" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E40" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F40" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="41" spans="1:6">
       <c r="A41" s="6" t="s">
-        <v>37</v>
+        <v>21</v>
       </c>
       <c r="B41" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C41" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D41" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E41" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F41" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="42" spans="1:6">
-      <c r="A42" s="6" t="s">
+      <c r="A42" s="13" t="s">
         <v>38</v>
       </c>
-      <c r="B42" s="7" t="e">
-[...11 lines deleted...]
-      <c r="F42" s="7" t="e">
+      <c r="B42" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C42" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D42" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E42" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F42" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="43" spans="1:6">
       <c r="A43" s="6" t="s">
         <v>39</v>
       </c>
       <c r="B43" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C43" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D43" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E43" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F43" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="44" spans="1:6">
       <c r="A44" s="6" t="s">
@@ -1453,177 +1465,257 @@
         <v>#N/A</v>
       </c>
     </row>
     <row r="46" spans="1:6">
       <c r="A46" s="6" t="s">
         <v>42</v>
       </c>
       <c r="B46" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C46" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D46" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E46" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F46" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="47" spans="1:6">
       <c r="A47" s="6" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="B47" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C47" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D47" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E47" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F47" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="48" spans="1:6">
-      <c r="A48" s="13" t="s">
-[...14 lines deleted...]
-      <c r="F48" s="11" t="e">
+      <c r="A48" s="6" t="s">
+        <v>44</v>
+      </c>
+      <c r="B48" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C48" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D48" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E48" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F48" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="49" spans="1:6">
       <c r="A49" s="6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B49" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C49" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D49" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E49" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F49" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="50" spans="1:6">
-      <c r="A50" s="14" t="s">
-[...14 lines deleted...]
-      <c r="F50" s="11" t="e">
+      <c r="A50" s="6" t="s">
+        <v>46</v>
+      </c>
+      <c r="B50" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C50" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D50" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E50" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F50" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="51" spans="1:6">
       <c r="A51" s="6" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="B51" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C51" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D51" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E51" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F51" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="52" spans="1:6">
-      <c r="A52" s="14" t="s">
+      <c r="A52" s="13" t="s">
         <v>47</v>
       </c>
       <c r="B52" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="C52" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="D52" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="E52" s="11" t="e">
         <v>#N/A</v>
       </c>
       <c r="F52" s="11" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="53" spans="1:6">
-      <c r="A53" s="15" t="s">
+      <c r="A53" s="6" t="s">
         <v>48</v>
       </c>
-      <c r="B53" s="15"/>
-[...3 lines deleted...]
-      <c r="F53" s="15"/>
+      <c r="B53" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C53" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D53" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E53" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F53" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="54" spans="1:6">
+      <c r="A54" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="B54" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C54" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D54" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E54" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F54" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="55" spans="1:6">
+      <c r="A55" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B55" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C55" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D55" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E55" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F55" s="7" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="56" spans="1:6">
+      <c r="A56" s="14" t="s">
+        <v>51</v>
+      </c>
+      <c r="B56" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="C56" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="D56" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="E56" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+      <c r="F56" s="11" t="e">
+        <v>#N/A</v>
+      </c>
+    </row>
+    <row r="57" spans="1:6">
+      <c r="A57" s="15" t="s">
+        <v>52</v>
+      </c>
+      <c r="B57" s="15"/>
+      <c r="C57" s="15"/>
+      <c r="D57" s="15"/>
+      <c r="E57" s="15"/>
+      <c r="F57" s="15"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">