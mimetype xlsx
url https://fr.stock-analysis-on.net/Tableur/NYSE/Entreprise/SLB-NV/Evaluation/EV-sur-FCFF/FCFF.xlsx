--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -29,51 +29,51 @@
     <sheet name="FCFF" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="16">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>FCFF, calcul</t>
   </si>
   <si>
     <t>en millions de dollars américains</t>
   </si>
   <si>
     <t>12 mois terminés le</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette) attribuable à SLB</t>
+    <t>Bénéfice net attribuable à SLB</t>
   </si>
   <si>
     <t>Bénéfice net attribuable aux participations ne donnant pas le contrôle</t>
   </si>
   <si>
     <t>Charges hors trésorerie nettes</t>
   </si>
   <si>
     <t>Variation de l’actif et du passif, déduction faite de l’incidence des acquisitions et des cessions d’entreprises</t>
   </si>
   <si>
     <t>Flux de trésorerie nets liés aux activités d’exploitation</t>
   </si>
   <si>
     <t>Encaissement des intérêts, net d’impôt</t>
   </si>
   <si>
     <t>Dépenses en immobilisations</t>
   </si>
   <si>
     <t>Investissements APS</t>
   </si>
   <si>
     <t>Données d’exploration capitalisées</t>
   </si>
@@ -545,63 +545,63 @@
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4" t="s">
         <v>4</v>
       </c>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>6</v>