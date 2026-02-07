--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -79,51 +79,51 @@
   <si>
     <t>Cumuls de régularisations fondés sur le bilan</t>
   </si>
   <si>
     <t>Ratio financier</t>
   </si>
   <si>
     <t>Ratio des régularisations au bilan</t>
   </si>
   <si>
     <t>Repères</t>
   </si>
   <si>
     <t>Ratio des régularisations au bilanindustrie</t>
   </si>
   <si>
     <t>Énergie</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
   <si>
     <t>Calcul de l’état des flux de trésorerie des régularisations globales</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette) attribuable à SLB</t>
+    <t>Bénéfice net attribuable à SLB</t>
   </si>
   <si>
     <t>Moins: Flux de trésorerie nets liés aux activités d’exploitation</t>
   </si>
   <si>
     <t>Moins: Flux de trésorerie nets liés aux activités d’investissement</t>
   </si>
   <si>
     <t>Tableau des flux de trésorerie basé sur les régularisations globales</t>
   </si>
   <si>
     <t>Ratio de régularisations basé sur l’état des flux de trésorerie</t>
   </si>
   <si>
     <t>Ratio de régularisations basé sur l’état des flux de trésorerieindustrie</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="164" formatCode="[$-40C]d mmm yyyy"/>
     <numFmt numFmtId="165" formatCode="#,##0_);(#,##0);&quot;—&quot;"/>
     <numFmt numFmtId="166" formatCode="#,##0.00%;-#,##0.00%;&quot;—&quot;"/>
@@ -619,63 +619,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6" customHeight="1" ht="34.8">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="7" t="s">
         <v>5</v>
       </c>
       <c r="B9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E9" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F9" s="8" t="e">
         <v>#N/A</v>
@@ -955,63 +955,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="11" t="s">
         <v>22</v>