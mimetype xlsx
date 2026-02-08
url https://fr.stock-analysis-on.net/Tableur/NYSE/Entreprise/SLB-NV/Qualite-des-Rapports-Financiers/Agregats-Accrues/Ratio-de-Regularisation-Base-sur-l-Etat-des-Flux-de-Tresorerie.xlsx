--- v0 (2025-10-24)
+++ v1 (2026-02-08)
@@ -26,51 +26,51 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Tableau des flux de trésorerie" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>Espace utilisateurs payants. Les données ne sont pas disponibles !</t>
   </si>
   <si>
     <t>SLB N.V.</t>
   </si>
   <si>
     <t>Calcul de l’état des flux de trésorerie des régularisations globales</t>
   </si>
   <si>
     <t>en millions de dollars américains</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette) attribuable à SLB</t>
+    <t>Bénéfice net attribuable à SLB</t>
   </si>
   <si>
     <t>Moins: Flux de trésorerie nets liés aux activités d’exploitation</t>
   </si>
   <si>
     <t>Moins: Flux de trésorerie nets liés aux activités d’investissement</t>
   </si>
   <si>
     <t>Tableau des flux de trésorerie basé sur les régularisations globales</t>
   </si>
   <si>
     <t>Ratio financier</t>
   </si>
   <si>
     <t>Ratio de régularisations basé sur l’état des flux de trésorerie</t>
   </si>
   <si>
     <t>Repères</t>
   </si>
   <si>
     <t>Ratio de régularisations basé sur l’état des flux de trésorerieindustrie</t>
   </si>
   <si>
     <t>Énergie</t>
   </si>
@@ -571,63 +571,63 @@
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:6">
       <c r="A7" s="4"/>
       <c r="B7" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C7" s="5">
         <v>45657</v>
       </c>
-      <c r="C7" s="5">
+      <c r="D7" s="5">
         <v>45291</v>
       </c>
-      <c r="D7" s="5">
+      <c r="E7" s="5">
         <v>44926</v>
       </c>
-      <c r="E7" s="5">
+      <c r="F7" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="6" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="7" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="7" t="e">
         <v>#N/A</v>
       </c>
     </row>
     <row r="9" spans="1:6">
       <c r="A9" s="6" t="s">
         <v>5</v>