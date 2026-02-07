--- v0 (2025-10-24)
+++ v1 (2026-02-07)
@@ -86,87 +86,87 @@
   <si>
     <t>Ratio de couverture des intérêts</t>
   </si>
   <si>
     <t>Taux de couverture des charges fixes</t>
   </si>
   <si>
     <t>Source: https://fr.stock-analysis-on.net</t>
   </si>
   <si>
     <t>Sélection de données financières (en millions de dollars américains)</t>
   </si>
   <si>
     <t>Emprunts à court terme et portion à court terme de la dette à long terme</t>
   </si>
   <si>
     <t>Dette à long terme, excluant la partie courante</t>
   </si>
   <si>
     <t>Total de la dette</t>
   </si>
   <si>
     <t>Passifs liés aux contrats de location-exploitation (comptabilisés dans les créditeurs et charges à payer)</t>
   </si>
   <si>
-    <t>Passifs liés aux contrats de location-exploitation (comptabilisés dans les autres passifs)</t>
+    <t>Passifs liés aux baux d’exploitation (reconnus dans Autres passifs)</t>
   </si>
   <si>
     <t>Dette totale (y compris le passif au titre des contrats de location-exploitation)</t>
   </si>
   <si>
     <t>Total des capitaux propres de SLB</t>
   </si>
   <si>
     <t>Total du capital (y compris le passif au titre des contrats de location-exploitation)</t>
   </si>
   <si>
     <t>Ratio de solvabilité</t>
   </si>
   <si>
     <t>Repères</t>
   </si>
   <si>
     <t>Ratio de la dette sur le total du capital (y compris le passif lié aux contrats de location-exploitation)industrie</t>
   </si>
   <si>
     <t>Énergie</t>
   </si>
   <si>
     <t>Total de l’actif</t>
   </si>
   <si>
     <t>Ratio d’endettementindustrie</t>
   </si>
   <si>
     <t>Ratio d’endettement par rapport à l’actif (y compris le passif lié aux contrats de location-exploitation)industrie</t>
   </si>
   <si>
     <t>Ratio d’endettement financierindustrie</t>
   </si>
   <si>
-    <t>Bénéfice net (perte nette) attribuable à SLB</t>
+    <t>Bénéfice net attribuable à SLB</t>
   </si>
   <si>
     <t>Plus: Bénéfice net attribuable à la participation ne donnant pas le contrôle</t>
   </si>
   <si>
     <t>Plus: Charge d’impôt sur le résultat</t>
   </si>
   <si>
     <t>Plus: Charges d’intérêts</t>
   </si>
   <si>
     <t>Bénéfice avant intérêts et impôts (EBIT)</t>
   </si>
   <si>
     <t>Ratio de couverture des intérêtsindustrie</t>
   </si>
   <si>
     <t>Plus: Charges de location-exploitation</t>
   </si>
   <si>
     <t>Bénéfice avant charges fixes et impôts</t>
   </si>
   <si>
     <t>Charges d’intérêts</t>
   </si>
@@ -695,63 +695,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>4</v>
       </c>
       <c r="B8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="8" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="8" t="e">
         <v>#N/A</v>
@@ -951,63 +951,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1237,63 +1237,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1443,63 +1443,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1709,63 +1709,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>28</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -1875,63 +1875,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>
@@ -2101,63 +2101,63 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" defaultColWidth="16.22" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="60" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="1:6">
       <c r="A3" s="2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="4" spans="1:6">
       <c r="A4" s="3" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="6" spans="1:6">
       <c r="A6" s="4"/>
       <c r="B6" s="5">
+        <v>46022</v>
+      </c>
+      <c r="C6" s="5">
         <v>45657</v>
       </c>
-      <c r="C6" s="5">
+      <c r="D6" s="5">
         <v>45291</v>
       </c>
-      <c r="D6" s="5">
+      <c r="E6" s="5">
         <v>44926</v>
       </c>
-      <c r="E6" s="5">
+      <c r="F6" s="5">
         <v>44561</v>
-      </c>
-[...1 lines deleted...]
-        <v>44196</v>
       </c>
     </row>
     <row r="7" spans="1:6" customHeight="1" ht="34.8">
       <c r="A7" s="6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="8" spans="1:6">
       <c r="A8" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="C8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="D8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="E8" s="10" t="e">
         <v>#N/A</v>
       </c>
       <c r="F8" s="10" t="e">
         <v>#N/A</v>