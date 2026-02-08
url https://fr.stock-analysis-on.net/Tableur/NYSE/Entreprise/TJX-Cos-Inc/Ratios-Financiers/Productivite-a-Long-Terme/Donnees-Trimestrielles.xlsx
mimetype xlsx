--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -1379,108 +1379,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="14" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="7">
         <v>0.0</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
-        <v>0.0</v>
+        <v>2.0099999999999998</v>
       </c>
       <c r="F13" s="7">
         <v>2.13</v>
       </c>
       <c r="G13" s="7">
         <v>2.25</v>
       </c>
       <c r="H13" s="7">
         <v>2.38</v>
       </c>
       <c r="I13" s="7">
         <v>2.52</v>
       </c>
       <c r="J13" s="7">
         <v>2.61</v>
       </c>
       <c r="K13" s="7">
         <v>2.74</v>
       </c>
       <c r="L13" s="7">
         <v>2.81</v>
       </c>
       <c r="M13" s="7">
         <v>2.82</v>
       </c>
       <c r="N13" s="7">
         <v>2.82</v>
       </c>
       <c r="O13" s="7">
         <v>2.78</v>
       </c>
       <c r="P13" s="7">
         <v>2.75</v>
       </c>
       <c r="Q13" s="7">
         <v>2.75</v>
       </c>
       <c r="R13" s="7">
         <v>2.83</v>
       </c>
       <c r="S13" s="7">
         <v>2.8</v>
       </c>
       <c r="T13" s="7">
         <v>2.84</v>
       </c>
       <c r="U13" s="7">
-        <v>2.93</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="7">
-        <v>3.11</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="7">
-        <v>3.32</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="7">
-        <v>3.45</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="7">
         <v>6.0</v>
       </c>
       <c r="C14" s="7">
         <v>6.14</v>
       </c>
       <c r="D14" s="7">
         <v>6.08</v>
       </c>
       <c r="E14" s="7">
         <v>5.97</v>
       </c>
       <c r="F14" s="7">
         <v>5.82</v>
       </c>
       <c r="G14" s="7">
         <v>5.71</v>
       </c>
       <c r="H14" s="7">
@@ -2129,108 +2129,108 @@
     </row>
     <row r="14" spans="1:24" customHeight="1" ht="34.8">
       <c r="A14" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="15" spans="1:24" customHeight="1" ht="28.8">
       <c r="A15" s="14" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="7">
         <v>0.0</v>
       </c>
       <c r="C16" s="7">
         <v>0.0</v>
       </c>
       <c r="D16" s="7">
         <v>0.0</v>
       </c>
       <c r="E16" s="7">
-        <v>0.0</v>
+        <v>1.62</v>
       </c>
       <c r="F16" s="7">
         <v>1.69</v>
       </c>
       <c r="G16" s="7">
         <v>1.76</v>
       </c>
       <c r="H16" s="7">
         <v>1.85</v>
       </c>
       <c r="I16" s="7">
         <v>1.94</v>
       </c>
       <c r="J16" s="7">
         <v>1.97</v>
       </c>
       <c r="K16" s="7">
         <v>2.05</v>
       </c>
       <c r="L16" s="7">
         <v>2.09</v>
       </c>
       <c r="M16" s="7">
         <v>2.08</v>
       </c>
       <c r="N16" s="7">
         <v>2.07</v>
       </c>
       <c r="O16" s="7">
         <v>2.04</v>
       </c>
       <c r="P16" s="7">
         <v>2.03</v>
       </c>
       <c r="Q16" s="7">
         <v>2.03</v>
       </c>
       <c r="R16" s="7">
         <v>2.1</v>
       </c>
       <c r="S16" s="7">
         <v>2.09</v>
       </c>
       <c r="T16" s="7">
         <v>2.13</v>
       </c>
       <c r="U16" s="7">
-        <v>2.17</v>
+        <v>0.0</v>
       </c>
       <c r="V16" s="7">
-        <v>2.3</v>
+        <v>0.0</v>
       </c>
       <c r="W16" s="7">
-        <v>2.51</v>
+        <v>0.0</v>
       </c>
       <c r="X16" s="7">
-        <v>2.61</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="7">
         <v>4.53</v>
       </c>
       <c r="C17" s="7">
         <v>4.64</v>
       </c>
       <c r="D17" s="7">
         <v>4.59</v>
       </c>
       <c r="E17" s="7">
         <v>4.52</v>
       </c>
       <c r="F17" s="7">
         <v>4.41</v>
       </c>
       <c r="G17" s="7">
         <v>4.31</v>
       </c>
       <c r="H17" s="7">
@@ -2731,108 +2731,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="14" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="7">
         <v>0.0</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
-        <v>0.0</v>
+        <v>0.88</v>
       </c>
       <c r="F13" s="7">
         <v>0.95</v>
       </c>
       <c r="G13" s="7">
         <v>0.98</v>
       </c>
       <c r="H13" s="7">
         <v>1.01</v>
       </c>
       <c r="I13" s="7">
         <v>1.02</v>
       </c>
       <c r="J13" s="7">
         <v>1.06</v>
       </c>
       <c r="K13" s="7">
         <v>1.09</v>
       </c>
       <c r="L13" s="7">
         <v>1.11</v>
       </c>
       <c r="M13" s="7">
         <v>1.09</v>
       </c>
       <c r="N13" s="7">
         <v>1.14</v>
       </c>
       <c r="O13" s="7">
         <v>1.13</v>
       </c>
       <c r="P13" s="7">
         <v>1.13</v>
       </c>
       <c r="Q13" s="7">
         <v>1.11</v>
       </c>
       <c r="R13" s="7">
         <v>1.17</v>
       </c>
       <c r="S13" s="7">
         <v>1.16</v>
       </c>
       <c r="T13" s="7">
         <v>1.16</v>
       </c>
       <c r="U13" s="7">
-        <v>1.12</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="7">
-        <v>1.2</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="7">
-        <v>1.23</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="7">
-        <v>1.3</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="7">
         <v>1.56</v>
       </c>
       <c r="C14" s="7">
         <v>1.65</v>
       </c>
       <c r="D14" s="7">
         <v>1.64</v>
       </c>
       <c r="E14" s="7">
         <v>1.66</v>
       </c>
       <c r="F14" s="7">
         <v>1.59</v>
       </c>
       <c r="G14" s="7">
         <v>1.57</v>
       </c>
       <c r="H14" s="7">
@@ -3333,108 +3333,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="9" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="14" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="15" t="s">
         <v>14</v>
       </c>
       <c r="B13" s="7">
         <v>0.0</v>
       </c>
       <c r="C13" s="7">
         <v>0.0</v>
       </c>
       <c r="D13" s="7">
         <v>0.0</v>
       </c>
       <c r="E13" s="7">
-        <v>0.0</v>
+        <v>1.74</v>
       </c>
       <c r="F13" s="7">
         <v>1.87</v>
       </c>
       <c r="G13" s="7">
         <v>2.0099999999999998</v>
       </c>
       <c r="H13" s="7">
         <v>2.13</v>
       </c>
       <c r="I13" s="7">
         <v>2.23</v>
       </c>
       <c r="J13" s="7">
         <v>2.39</v>
       </c>
       <c r="K13" s="7">
         <v>2.56</v>
       </c>
       <c r="L13" s="7">
         <v>2.73</v>
       </c>
       <c r="M13" s="7">
         <v>2.85</v>
       </c>
       <c r="N13" s="7">
         <v>3.03</v>
       </c>
       <c r="O13" s="7">
         <v>3.19</v>
       </c>
       <c r="P13" s="7">
         <v>3.4</v>
       </c>
       <c r="Q13" s="7">
         <v>3.52</v>
       </c>
       <c r="R13" s="7">
         <v>3.65</v>
       </c>
       <c r="S13" s="7">
         <v>3.7</v>
       </c>
       <c r="T13" s="7">
         <v>3.57</v>
       </c>
       <c r="U13" s="7">
-        <v>3.4</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="7">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="7">
-        <v>3.86</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="7">
-        <v>4.06</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="15" t="s">
         <v>15</v>
       </c>
       <c r="B14" s="7">
         <v>13.72</v>
       </c>
       <c r="C14" s="7">
         <v>15.48</v>
       </c>
       <c r="D14" s="7">
         <v>20.48</v>
       </c>
       <c r="E14" s="7">
         <v>24.02</v>
       </c>
       <c r="F14" s="7">
         <v>26.72</v>
       </c>
       <c r="G14" s="7">
         <v>34.41</v>
       </c>
       <c r="H14" s="7">