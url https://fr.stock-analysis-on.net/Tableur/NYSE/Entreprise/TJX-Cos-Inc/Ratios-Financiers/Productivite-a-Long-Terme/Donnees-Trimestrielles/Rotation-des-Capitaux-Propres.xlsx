--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -882,108 +882,108 @@
     </row>
     <row r="11" spans="1:24" customHeight="1" ht="34.8">
       <c r="A11" s="6" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:24" customHeight="1" ht="28.8">
       <c r="A12" s="11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="12" t="s">
         <v>9</v>
       </c>
       <c r="B13" s="13">
         <v>0.0</v>
       </c>
       <c r="C13" s="13">
         <v>0.0</v>
       </c>
       <c r="D13" s="13">
         <v>0.0</v>
       </c>
       <c r="E13" s="13">
-        <v>0.0</v>
+        <v>1.74</v>
       </c>
       <c r="F13" s="13">
         <v>1.87</v>
       </c>
       <c r="G13" s="13">
         <v>2.0099999999999998</v>
       </c>
       <c r="H13" s="13">
         <v>2.13</v>
       </c>
       <c r="I13" s="13">
         <v>2.23</v>
       </c>
       <c r="J13" s="13">
         <v>2.39</v>
       </c>
       <c r="K13" s="13">
         <v>2.56</v>
       </c>
       <c r="L13" s="13">
         <v>2.73</v>
       </c>
       <c r="M13" s="13">
         <v>2.85</v>
       </c>
       <c r="N13" s="13">
         <v>3.03</v>
       </c>
       <c r="O13" s="13">
         <v>3.19</v>
       </c>
       <c r="P13" s="13">
         <v>3.4</v>
       </c>
       <c r="Q13" s="13">
         <v>3.52</v>
       </c>
       <c r="R13" s="13">
         <v>3.65</v>
       </c>
       <c r="S13" s="13">
         <v>3.7</v>
       </c>
       <c r="T13" s="13">
         <v>3.57</v>
       </c>
       <c r="U13" s="13">
-        <v>3.4</v>
+        <v>0.0</v>
       </c>
       <c r="V13" s="13">
-        <v>3.8</v>
+        <v>0.0</v>
       </c>
       <c r="W13" s="13">
-        <v>3.86</v>
+        <v>0.0</v>
       </c>
       <c r="X13" s="13">
-        <v>4.06</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="12" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="13">
         <v>13.72</v>
       </c>
       <c r="C14" s="13">
         <v>15.48</v>
       </c>
       <c r="D14" s="13">
         <v>20.48</v>
       </c>
       <c r="E14" s="13">
         <v>24.02</v>
       </c>
       <c r="F14" s="13">
         <v>26.72</v>
       </c>
       <c r="G14" s="13">
         <v>34.41</v>
       </c>
       <c r="H14" s="13">