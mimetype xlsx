--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -799,66 +799,66 @@
       <c r="E15" s="11">
         <v>2.08</v>
       </c>
       <c r="F15" s="11">
         <v>2.66</v>
       </c>
       <c r="G15" s="11">
         <v>1.93</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="34.8">
       <c r="A16" s="5" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="28.8">
       <c r="A17" s="12" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="13" t="s">
         <v>13</v>
       </c>
       <c r="B18" s="14">
-        <v>0.0</v>
+        <v>0.41</v>
       </c>
       <c r="C18" s="14">
         <v>0.52</v>
       </c>
       <c r="D18" s="14">
         <v>0.77</v>
       </c>
       <c r="E18" s="14">
         <v>1.06</v>
       </c>
       <c r="F18" s="14">
         <v>0.96</v>
       </c>
       <c r="G18" s="14">
-        <v>1.08</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="13" t="s">
         <v>14</v>
       </c>
       <c r="B19" s="14">
         <v>9.38</v>
       </c>
       <c r="C19" s="14">
         <v>50.039999999999999</v>
       </c>
       <c r="D19" s="14">
         <v>32.24</v>
       </c>
       <c r="E19" s="14">
         <v>0.0</v>
       </c>
       <c r="F19" s="14">
         <v>13.16</v>
       </c>
       <c r="G19" s="14">
         <v>0.0</v>
       </c>
     </row>