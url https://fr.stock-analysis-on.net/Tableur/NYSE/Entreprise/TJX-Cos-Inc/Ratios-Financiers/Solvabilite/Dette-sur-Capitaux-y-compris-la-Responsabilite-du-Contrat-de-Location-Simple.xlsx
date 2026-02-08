--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -828,66 +828,66 @@
       <c r="E15" s="12">
         <v>0.68</v>
       </c>
       <c r="F15" s="12">
         <v>0.73</v>
       </c>
       <c r="G15" s="12">
         <v>0.66</v>
       </c>
     </row>
     <row r="16" spans="1:7" customHeight="1" ht="34.8">
       <c r="A16" s="5" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:7" customHeight="1" ht="28.8">
       <c r="A17" s="13" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" s="14" t="s">
         <v>14</v>
       </c>
       <c r="B18" s="15">
-        <v>0.0</v>
+        <v>0.29</v>
       </c>
       <c r="C18" s="15">
         <v>0.34</v>
       </c>
       <c r="D18" s="15">
         <v>0.43</v>
       </c>
       <c r="E18" s="15">
         <v>0.51</v>
       </c>
       <c r="F18" s="15">
         <v>0.49</v>
       </c>
       <c r="G18" s="15">
-        <v>0.52</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" s="14" t="s">
         <v>15</v>
       </c>
       <c r="B19" s="15">
         <v>0.9</v>
       </c>
       <c r="C19" s="15">
         <v>0.98</v>
       </c>
       <c r="D19" s="15">
         <v>0.97</v>
       </c>
       <c r="E19" s="15">
         <v>1.04</v>
       </c>
       <c r="F19" s="15">
         <v>0.93</v>
       </c>
       <c r="G19" s="15">
         <v>1.09</v>
       </c>
     </row>