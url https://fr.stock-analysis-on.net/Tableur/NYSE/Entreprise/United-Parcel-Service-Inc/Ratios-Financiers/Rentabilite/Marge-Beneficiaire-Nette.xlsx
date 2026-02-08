--- v0 (2026-02-07)
+++ v1 (2026-02-08)
@@ -706,51 +706,51 @@
       </c>
       <c r="E13" s="12">
         <v>-0.0284</v>
       </c>
       <c r="F13" s="12">
         <v>-0.6076</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="11" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="12">
         <v>0.2782</v>
       </c>
       <c r="C14" s="12">
         <v>0.2645</v>
       </c>
       <c r="D14" s="12">
         <v>0.2813</v>
       </c>
       <c r="E14" s="12">
         <v>0.2992</v>
       </c>
       <c r="F14" s="12">
-        <v>0.2738</v>
+        <v>0.0</v>
       </c>
     </row>
     <row r="15" spans="1:6">
       <c r="A15" s="11" t="s">
         <v>11</v>
       </c>
       <c r="B15" s="12">
         <v>0.0552</v>
       </c>
       <c r="C15" s="12">
         <v>0.0487</v>
       </c>
       <c r="D15" s="12">
         <v>0.0164</v>
       </c>
       <c r="E15" s="12">
         <v>-0.0797</v>
       </c>
       <c r="F15" s="12">
         <v>-0.4604</v>
       </c>
     </row>
     <row r="16" spans="1:6" customHeight="1" ht="28.8">
       <c r="A16" s="10" t="s">
         <v>12</v>